--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -378,79 +378,79 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- building / unit No:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="454D9598" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00A15945" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="00B435D4" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F584E06" w14:textId="162A01D6" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of entry in the national court register (KRS):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00A15945" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="00B435D4" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="1135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="786C3B83" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00A00610" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
@@ -626,51 +626,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>First name and surname</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00A15945" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="2478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0913AFFA" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address of residence:</w:t>
             </w:r>
           </w:p>
@@ -809,51 +809,51 @@
               </w:rPr>
               <w:t>PESEL number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00A15945" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5261138F" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
@@ -2451,59 +2451,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, item </w:t>
       </w:r>
       <w:r w:rsidR="00514FCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>723</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, as amended), including in particular the making of </w:t>
-[...7 lines deleted...]
-        <w:t>a private</w:t>
+        <w:t>, as amended), including in particular the making of a private</w:t>
       </w:r>
       <w:r w:rsidR="003B64B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> capital</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> contribution in the declared amount does not constitute money laundering or serve the purposes of financing terrorism.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="602E82B9" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00E008B5" w:rsidRDefault="000F197F" w:rsidP="003D3102">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:vanish/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -3549,59 +3541,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">forming part of </w:t>
       </w:r>
       <w:r w:rsidRPr="00E40C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the c</w:t>
       </w:r>
       <w:r w:rsidR="00CA4B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>orporate</w:t>
       </w:r>
       <w:r w:rsidRPr="00E40C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> group to which PFR Ventures and/or </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">PFR </w:t>
+        <w:t xml:space="preserve"> group to which PFR Ventures and/or PFR </w:t>
       </w:r>
       <w:r w:rsidR="00F10536">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>KOFFI</w:t>
       </w:r>
       <w:r w:rsidRPr="00E40C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> belongs, and to the Beneficiary and the </w:t>
       </w:r>
       <w:r w:rsidR="00CA4B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>competent Minister</w:t>
       </w:r>
       <w:r w:rsidR="00CA4B66" w:rsidRPr="00751A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4609,51 +4593,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Form </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="3021"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00A15945" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F322909" w14:textId="3C4EA037" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="007F5B3A" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00DD40FB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>partner</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
@@ -4696,127 +4680,127 @@
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">% of </w:t>
             </w:r>
             <w:r w:rsidR="001C76BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>the Private Investor</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>’s capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00A15945" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47BFA1C3" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DAD8F02" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2653F90C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00A15945" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="798C282C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10EE0B82" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="173C46E2" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00A15945" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B894E77" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D940452" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4928,51 +4912,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4D850551" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452" w:rsidP="00F8168E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -5030,71 +5014,71 @@
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00412519">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007906DE">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="37323568" w14:textId="799B2757" w:rsidR="000F197F" w:rsidRDefault="00E008B5">
+  <w:p w14:paraId="37323568" w14:textId="5CBC95B5" w:rsidR="000F197F" w:rsidRDefault="00E008B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Call No</w:t>
     </w:r>
     <w:r w:rsidR="00FB52F4">
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00F60C70">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00A15945">
-      <w:t>9</w:t>
+    <w:r w:rsidR="00B435D4">
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00D70015">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00B435D4">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78B39F25" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3045CBDA" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
@@ -8976,51 +8960,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1923175968">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="960382880">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="84768677">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -9067,83 +9051,85 @@
     <w:rsid w:val="006F2EC0"/>
     <w:rsid w:val="007906DE"/>
     <w:rsid w:val="007B3B60"/>
     <w:rsid w:val="007F5B3A"/>
     <w:rsid w:val="00885E9A"/>
     <w:rsid w:val="008A21D0"/>
     <w:rsid w:val="008B5243"/>
     <w:rsid w:val="00907BE2"/>
     <w:rsid w:val="00914FED"/>
     <w:rsid w:val="0095033C"/>
     <w:rsid w:val="00997A76"/>
     <w:rsid w:val="009B090E"/>
     <w:rsid w:val="009B23B8"/>
     <w:rsid w:val="009F174A"/>
     <w:rsid w:val="009F54DB"/>
     <w:rsid w:val="00A15945"/>
     <w:rsid w:val="00A55788"/>
     <w:rsid w:val="00A60FF4"/>
     <w:rsid w:val="00A6318B"/>
     <w:rsid w:val="00A7127C"/>
     <w:rsid w:val="00A71D7A"/>
     <w:rsid w:val="00A95D8E"/>
     <w:rsid w:val="00AB16EC"/>
     <w:rsid w:val="00AC2468"/>
     <w:rsid w:val="00B136B1"/>
+    <w:rsid w:val="00B435D4"/>
     <w:rsid w:val="00B7283F"/>
     <w:rsid w:val="00B7401A"/>
     <w:rsid w:val="00B954C9"/>
     <w:rsid w:val="00BB0E41"/>
     <w:rsid w:val="00BC00F5"/>
     <w:rsid w:val="00C65BC0"/>
     <w:rsid w:val="00C7468E"/>
     <w:rsid w:val="00C878CA"/>
     <w:rsid w:val="00CA4B66"/>
     <w:rsid w:val="00D17D4E"/>
     <w:rsid w:val="00D17D50"/>
     <w:rsid w:val="00D70015"/>
     <w:rsid w:val="00D83556"/>
     <w:rsid w:val="00D85550"/>
     <w:rsid w:val="00DD2908"/>
     <w:rsid w:val="00DD40FB"/>
     <w:rsid w:val="00DE4BE0"/>
     <w:rsid w:val="00E008B5"/>
     <w:rsid w:val="00E1448F"/>
     <w:rsid w:val="00E362DE"/>
     <w:rsid w:val="00E40C37"/>
     <w:rsid w:val="00E44416"/>
     <w:rsid w:val="00E66321"/>
     <w:rsid w:val="00EB3CE8"/>
     <w:rsid w:val="00EF3BE3"/>
     <w:rsid w:val="00F10536"/>
     <w:rsid w:val="00F42B7C"/>
     <w:rsid w:val="00F60C70"/>
     <w:rsid w:val="00F74E6F"/>
     <w:rsid w:val="00F8168E"/>
     <w:rsid w:val="00F8602D"/>
     <w:rsid w:val="00FB3452"/>
     <w:rsid w:val="00FB52F4"/>
+    <w:rsid w:val="00FE06E5"/>
     <w:rsid w:val="00FE422E"/>
     <w:rsid w:val="00FE4EBE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>