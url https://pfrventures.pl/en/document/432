--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -378,79 +378,79 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- building / unit No:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="454D9598" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00B435D4" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="006B692F" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F584E06" w14:textId="162A01D6" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of entry in the national court register (KRS):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00B435D4" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="006B692F" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="1135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="786C3B83" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00A00610" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
@@ -626,51 +626,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>First name and surname</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="006B692F" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="2478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0913AFFA" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address of residence:</w:t>
             </w:r>
           </w:p>
@@ -809,51 +809,51 @@
               </w:rPr>
               <w:t>PESEL number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="004E1784">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="006B692F" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="004E1784">
         <w:trPr>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5261138F" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
@@ -2451,51 +2451,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, item </w:t>
       </w:r>
       <w:r w:rsidR="00514FCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>723</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, as amended), including in particular the making of a private</w:t>
+        <w:t xml:space="preserve">, as amended), including in particular the making of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00610">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>a private</w:t>
       </w:r>
       <w:r w:rsidR="003B64B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> capital</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> contribution in the declared amount does not constitute money laundering or serve the purposes of financing terrorism.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="602E82B9" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00E008B5" w:rsidRDefault="000F197F" w:rsidP="003D3102">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:vanish/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -3541,51 +3549,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">forming part of </w:t>
       </w:r>
       <w:r w:rsidRPr="00E40C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the c</w:t>
       </w:r>
       <w:r w:rsidR="00CA4B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>orporate</w:t>
       </w:r>
       <w:r w:rsidRPr="00E40C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> group to which PFR Ventures and/or PFR </w:t>
+        <w:t xml:space="preserve"> group to which PFR Ventures and/or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">PFR </w:t>
       </w:r>
       <w:r w:rsidR="00F10536">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>KOFFI</w:t>
       </w:r>
       <w:r w:rsidRPr="00E40C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> belongs, and to the Beneficiary and the </w:t>
       </w:r>
       <w:r w:rsidR="00CA4B66">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>competent Minister</w:t>
       </w:r>
       <w:r w:rsidR="00CA4B66" w:rsidRPr="00751A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4593,51 +4609,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Form </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="3021"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="006B692F" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F322909" w14:textId="3C4EA037" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="007F5B3A" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00DD40FB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>partner</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
@@ -4680,127 +4696,127 @@
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">% of </w:t>
             </w:r>
             <w:r w:rsidR="001C76BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>the Private Investor</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>’s capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="006B692F" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47BFA1C3" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DAD8F02" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2653F90C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="006B692F" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="798C282C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10EE0B82" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="173C46E2" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00B435D4" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="006B692F" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B894E77" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D940452" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4886,61 +4902,61 @@
     </w:p>
     <w:p w14:paraId="31A1AB7F" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00E40C37" w:rsidRDefault="000F197F" w:rsidP="007F5B3A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000F197F" w:rsidRPr="00E40C37" w:rsidSect="00FB3452">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="567" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="055C9F22" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452" w:rsidP="00F8168E">
+    <w:p w14:paraId="4C92BBB6" w14:textId="77777777" w:rsidR="00DE2CCE" w:rsidRDefault="00DE2CCE" w:rsidP="00F8168E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D850551" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452" w:rsidP="00F8168E">
+    <w:p w14:paraId="664F2DEB" w14:textId="77777777" w:rsidR="00DE2CCE" w:rsidRDefault="00DE2CCE" w:rsidP="00F8168E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5014,103 +5030,106 @@
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00412519">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007906DE">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="37323568" w14:textId="5CBC95B5" w:rsidR="000F197F" w:rsidRDefault="00E008B5">
+  <w:p w14:paraId="37323568" w14:textId="19F4EEF4" w:rsidR="000F197F" w:rsidRDefault="00E008B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Call No</w:t>
     </w:r>
     <w:r w:rsidR="00FB52F4">
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00F60C70">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B435D4">
-      <w:t>10</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="006B692F">
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="00B435D4">
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78B39F25" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
+    <w:p w14:paraId="05FD0BEC" w14:textId="77777777" w:rsidR="00DE2CCE" w:rsidRDefault="00DE2CCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3045CBDA" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
+    <w:p w14:paraId="5975E6EC" w14:textId="77777777" w:rsidR="00DE2CCE" w:rsidRDefault="00DE2CCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1A57F49D" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
+    <w:p w14:paraId="0A693974" w14:textId="77777777" w:rsidR="00DE2CCE" w:rsidRDefault="00DE2CCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3667E4CC" w14:textId="5992849C" w:rsidR="00C65BC0" w:rsidRPr="00353AD8" w:rsidRDefault="00C65BC0" w:rsidP="00C65BC0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00353AD8">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -9023,95 +9042,98 @@
     <w:rsid w:val="002F7232"/>
     <w:rsid w:val="003039FD"/>
     <w:rsid w:val="003045C1"/>
     <w:rsid w:val="00336AE3"/>
     <w:rsid w:val="00353AD8"/>
     <w:rsid w:val="00355B3C"/>
     <w:rsid w:val="003777DD"/>
     <w:rsid w:val="00390E6B"/>
     <w:rsid w:val="003B64B0"/>
     <w:rsid w:val="003C55DF"/>
     <w:rsid w:val="003E6417"/>
     <w:rsid w:val="00407C19"/>
     <w:rsid w:val="00412519"/>
     <w:rsid w:val="004A0375"/>
     <w:rsid w:val="004A5E02"/>
     <w:rsid w:val="004E1784"/>
     <w:rsid w:val="004F1B4D"/>
     <w:rsid w:val="00514FCE"/>
     <w:rsid w:val="00567934"/>
     <w:rsid w:val="0058753F"/>
     <w:rsid w:val="00634BD3"/>
     <w:rsid w:val="006519E8"/>
     <w:rsid w:val="006A2F83"/>
     <w:rsid w:val="006A5441"/>
     <w:rsid w:val="006B38AA"/>
+    <w:rsid w:val="006B692F"/>
     <w:rsid w:val="006C1F30"/>
     <w:rsid w:val="006D0A73"/>
     <w:rsid w:val="006E01BA"/>
     <w:rsid w:val="006F2EC0"/>
     <w:rsid w:val="007906DE"/>
     <w:rsid w:val="007B3B60"/>
     <w:rsid w:val="007F5B3A"/>
     <w:rsid w:val="00885E9A"/>
     <w:rsid w:val="008A21D0"/>
     <w:rsid w:val="008B5243"/>
     <w:rsid w:val="00907BE2"/>
     <w:rsid w:val="00914FED"/>
     <w:rsid w:val="0095033C"/>
     <w:rsid w:val="00997A76"/>
     <w:rsid w:val="009B090E"/>
     <w:rsid w:val="009B23B8"/>
     <w:rsid w:val="009F174A"/>
     <w:rsid w:val="009F54DB"/>
     <w:rsid w:val="00A15945"/>
     <w:rsid w:val="00A55788"/>
     <w:rsid w:val="00A60FF4"/>
     <w:rsid w:val="00A6318B"/>
     <w:rsid w:val="00A7127C"/>
     <w:rsid w:val="00A71D7A"/>
     <w:rsid w:val="00A95D8E"/>
     <w:rsid w:val="00AB16EC"/>
     <w:rsid w:val="00AC2468"/>
     <w:rsid w:val="00B136B1"/>
     <w:rsid w:val="00B435D4"/>
     <w:rsid w:val="00B7283F"/>
     <w:rsid w:val="00B7401A"/>
     <w:rsid w:val="00B954C9"/>
     <w:rsid w:val="00BB0E41"/>
     <w:rsid w:val="00BC00F5"/>
     <w:rsid w:val="00C65BC0"/>
     <w:rsid w:val="00C7468E"/>
     <w:rsid w:val="00C878CA"/>
     <w:rsid w:val="00CA4B66"/>
     <w:rsid w:val="00D17D4E"/>
     <w:rsid w:val="00D17D50"/>
     <w:rsid w:val="00D70015"/>
     <w:rsid w:val="00D83556"/>
     <w:rsid w:val="00D85550"/>
+    <w:rsid w:val="00DB5B24"/>
     <w:rsid w:val="00DD2908"/>
     <w:rsid w:val="00DD40FB"/>
+    <w:rsid w:val="00DE2CCE"/>
     <w:rsid w:val="00DE4BE0"/>
     <w:rsid w:val="00E008B5"/>
     <w:rsid w:val="00E1448F"/>
     <w:rsid w:val="00E362DE"/>
     <w:rsid w:val="00E40C37"/>
     <w:rsid w:val="00E44416"/>
     <w:rsid w:val="00E66321"/>
     <w:rsid w:val="00EB3CE8"/>
     <w:rsid w:val="00EF3BE3"/>
     <w:rsid w:val="00F10536"/>
     <w:rsid w:val="00F42B7C"/>
     <w:rsid w:val="00F60C70"/>
     <w:rsid w:val="00F74E6F"/>
     <w:rsid w:val="00F8168E"/>
     <w:rsid w:val="00F8602D"/>
     <w:rsid w:val="00FB3452"/>
     <w:rsid w:val="00FB52F4"/>
     <w:rsid w:val="00FE06E5"/>
     <w:rsid w:val="00FE422E"/>
     <w:rsid w:val="00FE4EBE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>