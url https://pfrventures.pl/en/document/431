--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -86,51 +86,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00170935" w:rsidRPr="007844A0" w14:paraId="7AB32232" w14:textId="77777777" w:rsidTr="00224F99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23A48C9D" w14:textId="77777777" w:rsidR="00FC59FD" w:rsidRPr="004E4A99" w:rsidRDefault="0089319B" w:rsidP="00056BCA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751A1C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>First name and surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170935" w:rsidRPr="00B63571" w14:paraId="4005F960" w14:textId="77777777" w:rsidTr="00224F99">
+      <w:tr w:rsidR="00170935" w:rsidRPr="0014162F" w14:paraId="4005F960" w14:textId="77777777" w:rsidTr="00224F99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4533DD16" w14:textId="77777777" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751A1C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address of residence:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71B577D2" w14:textId="77777777" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
@@ -253,51 +253,51 @@
               </w:rPr>
               <w:t>PESEL number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170935" w:rsidRPr="00B63571" w14:paraId="3AF4780D" w14:textId="77777777" w:rsidTr="00224F99">
+      <w:tr w:rsidR="00170935" w:rsidRPr="0014162F" w14:paraId="3AF4780D" w14:textId="77777777" w:rsidTr="00224F99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B6B686E" w14:textId="77777777" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751A1C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22921DA7" w14:textId="1B60F076" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
@@ -2916,51 +2916,50 @@
             <w:tcW w:w="4314" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5030463C" w14:textId="77777777" w:rsidR="00D046DB" w:rsidRPr="003D3102" w:rsidRDefault="00D046DB" w:rsidP="00667485">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67034A6E" w14:textId="77777777" w:rsidR="00D046DB" w:rsidRPr="003D3102" w:rsidRDefault="00D046DB" w:rsidP="00667485">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3102">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="044B479D" w14:textId="1395AAB9" w:rsidR="00D046DB" w:rsidRPr="003D3102" w:rsidRDefault="00D046DB" w:rsidP="00667485">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3102">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Date, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>place</w:t>
@@ -3022,51 +3021,51 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E04610D" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C" w:rsidP="00170935">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="388AE807" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -3124,68 +3123,68 @@
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="004E4A99">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007844A0">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="004E4A99">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="004E4A99">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="004E4A99">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="61C0D04A" w14:textId="7F9587DE" w:rsidR="003F1CA2" w:rsidRDefault="005B7FD5">
+  <w:p w14:paraId="61C0D04A" w14:textId="06768F41" w:rsidR="003F1CA2" w:rsidRDefault="005B7FD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00B63571">
-      <w:t>9</w:t>
+    <w:r w:rsidR="0014162F">
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="00B304ED">
       <w:t>/20</w:t>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0085709D">
-      <w:t>5</w:t>
+    <w:r w:rsidR="0014162F">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6BCA2F53" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3019BB03" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
@@ -5429,51 +5428,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1037121850">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1957903417">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="263533315">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5489,50 +5488,51 @@
     <w:rsid w:val="0004324A"/>
     <w:rsid w:val="00045A65"/>
     <w:rsid w:val="000467DA"/>
     <w:rsid w:val="00047F19"/>
     <w:rsid w:val="00060EE2"/>
     <w:rsid w:val="00086FA9"/>
     <w:rsid w:val="00092E6D"/>
     <w:rsid w:val="000966B5"/>
     <w:rsid w:val="000A3697"/>
     <w:rsid w:val="000B79D4"/>
     <w:rsid w:val="000C1BFB"/>
     <w:rsid w:val="000C71A2"/>
     <w:rsid w:val="000D3191"/>
     <w:rsid w:val="000E4187"/>
     <w:rsid w:val="000E66F3"/>
     <w:rsid w:val="000F0A9D"/>
     <w:rsid w:val="000F0CE8"/>
     <w:rsid w:val="000F5182"/>
     <w:rsid w:val="001002E9"/>
     <w:rsid w:val="00101D5F"/>
     <w:rsid w:val="001064B9"/>
     <w:rsid w:val="001110A5"/>
     <w:rsid w:val="001113F2"/>
     <w:rsid w:val="0012768F"/>
     <w:rsid w:val="00133277"/>
+    <w:rsid w:val="0014162F"/>
     <w:rsid w:val="00141FAC"/>
     <w:rsid w:val="00143D1F"/>
     <w:rsid w:val="0014772C"/>
     <w:rsid w:val="00156CB6"/>
     <w:rsid w:val="001572C8"/>
     <w:rsid w:val="00160FD4"/>
     <w:rsid w:val="00170935"/>
     <w:rsid w:val="0017425E"/>
     <w:rsid w:val="00176689"/>
     <w:rsid w:val="00181ECE"/>
     <w:rsid w:val="001826B0"/>
     <w:rsid w:val="001A077A"/>
     <w:rsid w:val="001A1287"/>
     <w:rsid w:val="001B4452"/>
     <w:rsid w:val="001C1685"/>
     <w:rsid w:val="001F2EF1"/>
     <w:rsid w:val="001F6445"/>
     <w:rsid w:val="00201817"/>
     <w:rsid w:val="0020183A"/>
     <w:rsid w:val="0020369F"/>
     <w:rsid w:val="00204719"/>
     <w:rsid w:val="0020789F"/>
     <w:rsid w:val="00217344"/>
     <w:rsid w:val="00222B94"/>
     <w:rsid w:val="00222F8B"/>
@@ -5860,50 +5860,51 @@
     <w:rsid w:val="00F2114E"/>
     <w:rsid w:val="00F368E4"/>
     <w:rsid w:val="00F372F0"/>
     <w:rsid w:val="00F414D2"/>
     <w:rsid w:val="00F4196C"/>
     <w:rsid w:val="00F4330D"/>
     <w:rsid w:val="00F50744"/>
     <w:rsid w:val="00F50AA3"/>
     <w:rsid w:val="00F5596B"/>
     <w:rsid w:val="00F66D62"/>
     <w:rsid w:val="00F71903"/>
     <w:rsid w:val="00F76C4C"/>
     <w:rsid w:val="00F771B7"/>
     <w:rsid w:val="00F776AB"/>
     <w:rsid w:val="00F8200F"/>
     <w:rsid w:val="00F82131"/>
     <w:rsid w:val="00F84FA2"/>
     <w:rsid w:val="00F96761"/>
     <w:rsid w:val="00FA127D"/>
     <w:rsid w:val="00FA4F7F"/>
     <w:rsid w:val="00FC0CB3"/>
     <w:rsid w:val="00FC59FD"/>
     <w:rsid w:val="00FD0B6F"/>
     <w:rsid w:val="00FD0FBD"/>
     <w:rsid w:val="00FD4C7C"/>
+    <w:rsid w:val="00FE06E5"/>
     <w:rsid w:val="00FE4D85"/>
     <w:rsid w:val="00FE5A2F"/>
     <w:rsid w:val="00FF604A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>