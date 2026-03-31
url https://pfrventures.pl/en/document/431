--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -86,51 +86,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00170935" w:rsidRPr="007844A0" w14:paraId="7AB32232" w14:textId="77777777" w:rsidTr="00224F99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23A48C9D" w14:textId="77777777" w:rsidR="00FC59FD" w:rsidRPr="004E4A99" w:rsidRDefault="0089319B" w:rsidP="00056BCA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751A1C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>First name and surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170935" w:rsidRPr="0014162F" w14:paraId="4005F960" w14:textId="77777777" w:rsidTr="00224F99">
+      <w:tr w:rsidR="00170935" w:rsidRPr="00B17858" w14:paraId="4005F960" w14:textId="77777777" w:rsidTr="00224F99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4533DD16" w14:textId="77777777" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751A1C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address of residence:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71B577D2" w14:textId="77777777" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
@@ -253,51 +253,51 @@
               </w:rPr>
               <w:t>PESEL number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170935" w:rsidRPr="0014162F" w14:paraId="3AF4780D" w14:textId="77777777" w:rsidTr="00224F99">
+      <w:tr w:rsidR="00170935" w:rsidRPr="00B17858" w14:paraId="3AF4780D" w14:textId="77777777" w:rsidTr="00224F99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B6B686E" w14:textId="77777777" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751A1C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22921DA7" w14:textId="1B60F076" w:rsidR="0089319B" w:rsidRPr="00751A1C" w:rsidRDefault="0089319B" w:rsidP="0089319B">
             <w:pPr>
               <w:rPr>
@@ -2916,50 +2916,51 @@
             <w:tcW w:w="4314" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5030463C" w14:textId="77777777" w:rsidR="00D046DB" w:rsidRPr="003D3102" w:rsidRDefault="00D046DB" w:rsidP="00667485">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67034A6E" w14:textId="77777777" w:rsidR="00D046DB" w:rsidRPr="003D3102" w:rsidRDefault="00D046DB" w:rsidP="00667485">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3102">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="044B479D" w14:textId="1395AAB9" w:rsidR="00D046DB" w:rsidRPr="003D3102" w:rsidRDefault="00D046DB" w:rsidP="00667485">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3102">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Date, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>place</w:t>
@@ -2988,71 +2989,71 @@
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00816BB7" w:rsidSect="0040488C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="567" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49B97EEF" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C" w:rsidP="00170935">
+    <w:p w14:paraId="03C3DD94" w14:textId="77777777" w:rsidR="00212BB1" w:rsidRDefault="00212BB1" w:rsidP="00170935">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E04610D" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C" w:rsidP="00170935">
+    <w:p w14:paraId="1807C7F4" w14:textId="77777777" w:rsidR="00212BB1" w:rsidRDefault="00212BB1" w:rsidP="00170935">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="388AE807" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C">
+    <w:p w14:paraId="640661AF" w14:textId="77777777" w:rsidR="00212BB1" w:rsidRDefault="00212BB1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3123,100 +3124,103 @@
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="004E4A99">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007844A0">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="004E4A99">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="004E4A99">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="004E4A99">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="61C0D04A" w14:textId="06768F41" w:rsidR="003F1CA2" w:rsidRDefault="005B7FD5">
+  <w:p w14:paraId="61C0D04A" w14:textId="065D98AD" w:rsidR="003F1CA2" w:rsidRDefault="005B7FD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
     <w:r w:rsidR="0014162F">
-      <w:t>10</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00B17858">
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00B304ED">
       <w:t>/20</w:t>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="0014162F">
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BCA2F53" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C">
+    <w:p w14:paraId="519252F9" w14:textId="77777777" w:rsidR="00212BB1" w:rsidRDefault="00212BB1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3019BB03" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C">
+    <w:p w14:paraId="306408FD" w14:textId="77777777" w:rsidR="00212BB1" w:rsidRDefault="00212BB1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="301A1070" w14:textId="77777777" w:rsidR="0040488C" w:rsidRDefault="0040488C">
+    <w:p w14:paraId="52D9DAA2" w14:textId="77777777" w:rsidR="00212BB1" w:rsidRDefault="00212BB1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="175925FF" w14:textId="77777777" w:rsidR="0089319B" w:rsidRPr="00176689" w:rsidRDefault="0089319B" w:rsidP="0089319B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176689">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en"/>
@@ -5511,50 +5515,51 @@
     <w:rsid w:val="0012768F"/>
     <w:rsid w:val="00133277"/>
     <w:rsid w:val="0014162F"/>
     <w:rsid w:val="00141FAC"/>
     <w:rsid w:val="00143D1F"/>
     <w:rsid w:val="0014772C"/>
     <w:rsid w:val="00156CB6"/>
     <w:rsid w:val="001572C8"/>
     <w:rsid w:val="00160FD4"/>
     <w:rsid w:val="00170935"/>
     <w:rsid w:val="0017425E"/>
     <w:rsid w:val="00176689"/>
     <w:rsid w:val="00181ECE"/>
     <w:rsid w:val="001826B0"/>
     <w:rsid w:val="001A077A"/>
     <w:rsid w:val="001A1287"/>
     <w:rsid w:val="001B4452"/>
     <w:rsid w:val="001C1685"/>
     <w:rsid w:val="001F2EF1"/>
     <w:rsid w:val="001F6445"/>
     <w:rsid w:val="00201817"/>
     <w:rsid w:val="0020183A"/>
     <w:rsid w:val="0020369F"/>
     <w:rsid w:val="00204719"/>
     <w:rsid w:val="0020789F"/>
+    <w:rsid w:val="00212BB1"/>
     <w:rsid w:val="00217344"/>
     <w:rsid w:val="00222B94"/>
     <w:rsid w:val="00222F8B"/>
     <w:rsid w:val="00224CC5"/>
     <w:rsid w:val="00224F99"/>
     <w:rsid w:val="002328EC"/>
     <w:rsid w:val="00242519"/>
     <w:rsid w:val="00246445"/>
     <w:rsid w:val="0025135A"/>
     <w:rsid w:val="00254F2B"/>
     <w:rsid w:val="00256222"/>
     <w:rsid w:val="00256D68"/>
     <w:rsid w:val="00263935"/>
     <w:rsid w:val="00266523"/>
     <w:rsid w:val="00266D14"/>
     <w:rsid w:val="00267F6F"/>
     <w:rsid w:val="0027180A"/>
     <w:rsid w:val="0027255E"/>
     <w:rsid w:val="00272C35"/>
     <w:rsid w:val="00283557"/>
     <w:rsid w:val="00285435"/>
     <w:rsid w:val="002A0EC5"/>
     <w:rsid w:val="002A2631"/>
     <w:rsid w:val="002A4D0E"/>
     <w:rsid w:val="002B47A1"/>
@@ -5737,50 +5742,51 @@
     <w:rsid w:val="00A1712F"/>
     <w:rsid w:val="00A21167"/>
     <w:rsid w:val="00A22C4B"/>
     <w:rsid w:val="00A34258"/>
     <w:rsid w:val="00A5059F"/>
     <w:rsid w:val="00A54637"/>
     <w:rsid w:val="00A55788"/>
     <w:rsid w:val="00A651DF"/>
     <w:rsid w:val="00A6682F"/>
     <w:rsid w:val="00A70851"/>
     <w:rsid w:val="00A71C36"/>
     <w:rsid w:val="00A74004"/>
     <w:rsid w:val="00A75CC0"/>
     <w:rsid w:val="00AA19F7"/>
     <w:rsid w:val="00AA2D34"/>
     <w:rsid w:val="00AA3456"/>
     <w:rsid w:val="00AA4311"/>
     <w:rsid w:val="00AB1F5E"/>
     <w:rsid w:val="00AC64BD"/>
     <w:rsid w:val="00AC6CD8"/>
     <w:rsid w:val="00AD7AE4"/>
     <w:rsid w:val="00AE3324"/>
     <w:rsid w:val="00AF4580"/>
     <w:rsid w:val="00B04AAC"/>
     <w:rsid w:val="00B139F7"/>
+    <w:rsid w:val="00B17858"/>
     <w:rsid w:val="00B23AC4"/>
     <w:rsid w:val="00B304ED"/>
     <w:rsid w:val="00B30A85"/>
     <w:rsid w:val="00B31A54"/>
     <w:rsid w:val="00B428E1"/>
     <w:rsid w:val="00B456D3"/>
     <w:rsid w:val="00B63571"/>
     <w:rsid w:val="00B66771"/>
     <w:rsid w:val="00B724DE"/>
     <w:rsid w:val="00B7443C"/>
     <w:rsid w:val="00B7634B"/>
     <w:rsid w:val="00B77703"/>
     <w:rsid w:val="00B82291"/>
     <w:rsid w:val="00B84372"/>
     <w:rsid w:val="00B85909"/>
     <w:rsid w:val="00BA05D7"/>
     <w:rsid w:val="00BA49CB"/>
     <w:rsid w:val="00BA5058"/>
     <w:rsid w:val="00BB274C"/>
     <w:rsid w:val="00BB4B9A"/>
     <w:rsid w:val="00BC7E02"/>
     <w:rsid w:val="00BD7802"/>
     <w:rsid w:val="00BD784D"/>
     <w:rsid w:val="00BF40E3"/>
     <w:rsid w:val="00BF5A08"/>
@@ -5798,50 +5804,51 @@
     <w:rsid w:val="00C772AD"/>
     <w:rsid w:val="00C865E7"/>
     <w:rsid w:val="00C86DF6"/>
     <w:rsid w:val="00CA5138"/>
     <w:rsid w:val="00CA76FB"/>
     <w:rsid w:val="00CB79C0"/>
     <w:rsid w:val="00CD1D3E"/>
     <w:rsid w:val="00CD6C28"/>
     <w:rsid w:val="00CE0C56"/>
     <w:rsid w:val="00CE4276"/>
     <w:rsid w:val="00CE4793"/>
     <w:rsid w:val="00D046DB"/>
     <w:rsid w:val="00D04E05"/>
     <w:rsid w:val="00D0685F"/>
     <w:rsid w:val="00D11BEE"/>
     <w:rsid w:val="00D6356C"/>
     <w:rsid w:val="00D85A2B"/>
     <w:rsid w:val="00D90B6C"/>
     <w:rsid w:val="00D91B86"/>
     <w:rsid w:val="00D93A46"/>
     <w:rsid w:val="00D93B07"/>
     <w:rsid w:val="00D9712D"/>
     <w:rsid w:val="00DA3701"/>
     <w:rsid w:val="00DA62C8"/>
     <w:rsid w:val="00DA6B94"/>
+    <w:rsid w:val="00DB5B24"/>
     <w:rsid w:val="00DB76DD"/>
     <w:rsid w:val="00DC35F7"/>
     <w:rsid w:val="00DC4699"/>
     <w:rsid w:val="00DD3AD4"/>
     <w:rsid w:val="00DD74CA"/>
     <w:rsid w:val="00DE17CA"/>
     <w:rsid w:val="00DF357E"/>
     <w:rsid w:val="00DF70FA"/>
     <w:rsid w:val="00E01CE9"/>
     <w:rsid w:val="00E13585"/>
     <w:rsid w:val="00E13843"/>
     <w:rsid w:val="00E13C29"/>
     <w:rsid w:val="00E233DA"/>
     <w:rsid w:val="00E44E3C"/>
     <w:rsid w:val="00E60FF8"/>
     <w:rsid w:val="00E70249"/>
     <w:rsid w:val="00E8168F"/>
     <w:rsid w:val="00E87BAD"/>
     <w:rsid w:val="00E9237F"/>
     <w:rsid w:val="00EA2D80"/>
     <w:rsid w:val="00EA397B"/>
     <w:rsid w:val="00EB0D7C"/>
     <w:rsid w:val="00EB19D5"/>
     <w:rsid w:val="00EB1FA9"/>
     <w:rsid w:val="00EB23F2"/>