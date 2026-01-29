--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -916,51 +916,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (Financial Schedule)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1125" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2904"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1419"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B84A0E" w:rsidRPr="0063222C" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
+      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00F655A7" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
         <w:trPr>
           <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53CA5B42" w14:textId="77777777" w:rsidR="00432F80" w:rsidRPr="00336964" w:rsidRDefault="00432F80" w:rsidP="00432F80">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4242">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Investment type</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1279,51 +1279,67 @@
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Investment strategy:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611B7448" w14:textId="3902EE39" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">strategy and sources of acquisition of investment projects (dealflow), including marketing strategy, </w:t>
+        <w:t>strategy and sources of acquisition of investment projects (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE4242">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dealflow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE4242">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), including marketing strategy, </w:t>
       </w:r>
       <w:r w:rsidR="00336964">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">as well as </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">promotion and communication plan targeted at the start-up ecosystem (e.g. partnering with the research community, institutions dealing with the commercialisation of technologies) adequate to the investment profile of the </w:t>
       </w:r>
       <w:r w:rsidR="00C66EB6">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>VC Fund</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -1965,51 +1981,50 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AB7E3F" w14:textId="38726B59" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>profiles of third-party experts, consultants and</w:t>
       </w:r>
       <w:r w:rsidR="00554EE8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> external</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> partners (not mentioned in Sections b, c, d) and their impact on the investment activity of the </w:t>
       </w:r>
       <w:r w:rsidR="00C66EB6">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>VC Fund</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
@@ -2565,51 +2580,51 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="788DE496" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906" w:rsidP="00B84A0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4169C2D3" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2733,80 +2748,80 @@
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006C4003" w:rsidRPr="00871895">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F2CA0FF" w14:textId="0EECC180" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
+  <w:p w14:paraId="3F2CA0FF" w14:textId="1877A68C" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="0063222C">
+    <w:r w:rsidR="00F655A7">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="002F1CB0">
+    <w:r w:rsidR="00F655A7">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D934CDC" w14:textId="3FB28888" w:rsidR="00432F80" w:rsidRPr="00871895" w:rsidRDefault="00432F80">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28A4C472" w14:textId="77777777" w:rsidR="0063222C" w:rsidRDefault="0063222C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -2834,83 +2849,138 @@
     <w:p w14:paraId="4E41690B" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="4AA76E38" w14:textId="77777777" w:rsidR="00C66EB6" w:rsidRPr="00540E3A" w:rsidRDefault="00C66EB6" w:rsidP="00C66EB6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> AI, Big Data, BioTech, Blockchain, CleanTech, Cybersecurity, E-commerce, EdTech, FinTech, Gaming, IoT/Hardware, Marketplace, MarTech, MedTech, SaaS, VR/AR or other, depending on the VC Fund’s profile</w:t>
+        <w:t xml:space="preserve"> AI, Big Data, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>BioTech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Blockchain, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>CleanTech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Cybersecurity, E-commerce, EdTech, FinTech, Gaming, IoT/Hardware, Marketplace, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>MarTech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>, MedTech, SaaS, VR/AR or other, depending on the VC Fund’s profile</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="2EA96A1B" w14:textId="77777777" w:rsidR="009A1B76" w:rsidRPr="009378BC" w:rsidRDefault="009A1B76" w:rsidP="009A1B76">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00F655A7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="001179D4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="483D6EFD" w14:textId="2E177A74" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drawn up in the form of Appendix </w:t>
       </w:r>
       <w:r w:rsidR="009A1B76">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -7022,51 +7092,52 @@
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1671373610">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="743262065">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="427039224">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1827087560">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="613824451">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1384258957">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10306,50 +10377,51 @@
     <w:rsid w:val="00F401E4"/>
     <w:rsid w:val="00F405AF"/>
     <w:rsid w:val="00F4131B"/>
     <w:rsid w:val="00F4253E"/>
     <w:rsid w:val="00F426CD"/>
     <w:rsid w:val="00F43A41"/>
     <w:rsid w:val="00F43CA6"/>
     <w:rsid w:val="00F44361"/>
     <w:rsid w:val="00F44850"/>
     <w:rsid w:val="00F461BB"/>
     <w:rsid w:val="00F4628B"/>
     <w:rsid w:val="00F47399"/>
     <w:rsid w:val="00F47D9C"/>
     <w:rsid w:val="00F520D0"/>
     <w:rsid w:val="00F53727"/>
     <w:rsid w:val="00F53E2D"/>
     <w:rsid w:val="00F54610"/>
     <w:rsid w:val="00F54C08"/>
     <w:rsid w:val="00F55EFE"/>
     <w:rsid w:val="00F55F36"/>
     <w:rsid w:val="00F56534"/>
     <w:rsid w:val="00F57556"/>
     <w:rsid w:val="00F57D86"/>
     <w:rsid w:val="00F57E01"/>
     <w:rsid w:val="00F64EDE"/>
+    <w:rsid w:val="00F655A7"/>
     <w:rsid w:val="00F67452"/>
     <w:rsid w:val="00F709E1"/>
     <w:rsid w:val="00F70B71"/>
     <w:rsid w:val="00F710A1"/>
     <w:rsid w:val="00F7151F"/>
     <w:rsid w:val="00F716D4"/>
     <w:rsid w:val="00F7242E"/>
     <w:rsid w:val="00F724F6"/>
     <w:rsid w:val="00F727B8"/>
     <w:rsid w:val="00F735D5"/>
     <w:rsid w:val="00F73FEB"/>
     <w:rsid w:val="00F753EB"/>
     <w:rsid w:val="00F7570E"/>
     <w:rsid w:val="00F75DF7"/>
     <w:rsid w:val="00F76258"/>
     <w:rsid w:val="00F767EA"/>
     <w:rsid w:val="00F7721A"/>
     <w:rsid w:val="00F77794"/>
     <w:rsid w:val="00F77931"/>
     <w:rsid w:val="00F77BC8"/>
     <w:rsid w:val="00F81403"/>
     <w:rsid w:val="00F81758"/>
     <w:rsid w:val="00F82CFE"/>
     <w:rsid w:val="00F83079"/>
     <w:rsid w:val="00F84901"/>
@@ -10398,50 +10470,51 @@
     <w:rsid w:val="00FB706A"/>
     <w:rsid w:val="00FC32F8"/>
     <w:rsid w:val="00FC4528"/>
     <w:rsid w:val="00FC4B17"/>
     <w:rsid w:val="00FC50D3"/>
     <w:rsid w:val="00FC5C09"/>
     <w:rsid w:val="00FC6FC4"/>
     <w:rsid w:val="00FD02B0"/>
     <w:rsid w:val="00FD0383"/>
     <w:rsid w:val="00FD1278"/>
     <w:rsid w:val="00FD1FFB"/>
     <w:rsid w:val="00FD2B7C"/>
     <w:rsid w:val="00FD3BFA"/>
     <w:rsid w:val="00FD3F16"/>
     <w:rsid w:val="00FD46D0"/>
     <w:rsid w:val="00FD48C9"/>
     <w:rsid w:val="00FD49AC"/>
     <w:rsid w:val="00FD49FD"/>
     <w:rsid w:val="00FD56FD"/>
     <w:rsid w:val="00FD5C5E"/>
     <w:rsid w:val="00FD62CE"/>
     <w:rsid w:val="00FD66AD"/>
     <w:rsid w:val="00FD6842"/>
     <w:rsid w:val="00FD6D86"/>
     <w:rsid w:val="00FE0126"/>
+    <w:rsid w:val="00FE06E5"/>
     <w:rsid w:val="00FE083A"/>
     <w:rsid w:val="00FE0DBF"/>
     <w:rsid w:val="00FE1121"/>
     <w:rsid w:val="00FE1388"/>
     <w:rsid w:val="00FE4242"/>
     <w:rsid w:val="00FE4FF3"/>
     <w:rsid w:val="00FE6CAF"/>
     <w:rsid w:val="00FE72E5"/>
     <w:rsid w:val="00FE7483"/>
     <w:rsid w:val="00FE74CD"/>
     <w:rsid w:val="00FF008E"/>
     <w:rsid w:val="00FF0965"/>
     <w:rsid w:val="00FF1232"/>
     <w:rsid w:val="00FF16D6"/>
     <w:rsid w:val="00FF32AB"/>
     <w:rsid w:val="00FF48FB"/>
     <w:rsid w:val="00FF4AEE"/>
     <w:rsid w:val="00FF56A5"/>
     <w:rsid w:val="00FF5B4D"/>
     <w:rsid w:val="00FF6182"/>
     <w:rsid w:val="00FF62DF"/>
     <w:rsid w:val="00FF6441"/>
     <w:rsid w:val="00FF72E5"/>
     <w:rsid w:val="00FF7B71"/>
   </w:rsids>
@@ -14106,54 +14179,50 @@
         <w:div w:id="1655186353">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="180"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>