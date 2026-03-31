--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -1,45 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="72802DFF" w14:textId="5952766D" w:rsidR="00432F80" w:rsidRDefault="00432F80" w:rsidP="00432F80">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -916,51 +912,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (Financial Schedule)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1125" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2904"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1419"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00F655A7" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
+      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00AB4BCD" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
         <w:trPr>
           <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53CA5B42" w14:textId="77777777" w:rsidR="00432F80" w:rsidRPr="00336964" w:rsidRDefault="00432F80" w:rsidP="00432F80">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4242">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Investment type</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1981,50 +1977,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AB7E3F" w14:textId="38726B59" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>profiles of third-party experts, consultants and</w:t>
       </w:r>
       <w:r w:rsidR="00554EE8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> external</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> partners (not mentioned in Sections b, c, d) and their impact on the investment activity of the </w:t>
       </w:r>
       <w:r w:rsidR="00C66EB6">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>VC Fund</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
@@ -2529,200 +2526,187 @@
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ESG policies and procedures related to social and employee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>matters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6670E0B0" w14:textId="77777777" w:rsidR="00432F80" w:rsidRPr="009A1B76" w:rsidRDefault="00432F80" w:rsidP="00066D51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00432F80" w:rsidRPr="009A1B76" w:rsidSect="008B2906">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1133" w:bottom="1135" w:left="1134" w:header="567" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2936F6E6" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906" w:rsidP="00B84A0E">
+    <w:p w14:paraId="2272FAF2" w14:textId="77777777" w:rsidR="002B1BE5" w:rsidRDefault="002B1BE5" w:rsidP="00B84A0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="788DE496" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906" w:rsidP="00B84A0E">
+    <w:p w14:paraId="390B2919" w14:textId="77777777" w:rsidR="002B1BE5" w:rsidRDefault="002B1BE5" w:rsidP="00B84A0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4169C2D3" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906">
+    <w:p w14:paraId="05DDCC41" w14:textId="77777777" w:rsidR="002B1BE5" w:rsidRDefault="002B1BE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="77A72E35" w14:textId="77777777" w:rsidR="0063222C" w:rsidRDefault="0063222C">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22A20B2C" w14:textId="17AE1975" w:rsidR="00432F80" w:rsidRPr="00871895" w:rsidRDefault="00C430C2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00336964">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00336964">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006C4003" w:rsidRPr="00871895">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
@@ -2748,127 +2732,123 @@
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006C4003" w:rsidRPr="00871895">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F2CA0FF" w14:textId="1877A68C" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
+  <w:p w14:paraId="3F2CA0FF" w14:textId="54DCE2E6" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
     <w:r w:rsidR="00F655A7">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00AB4BCD">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="00F655A7">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D934CDC" w14:textId="3FB28888" w:rsidR="00432F80" w:rsidRPr="00871895" w:rsidRDefault="00432F80">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0ECD6C50" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906" w:rsidP="00432F80">
+    <w:p w14:paraId="5CD7E417" w14:textId="77777777" w:rsidR="002B1BE5" w:rsidRDefault="002B1BE5" w:rsidP="00432F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A11125C" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906" w:rsidP="00432F80">
+    <w:p w14:paraId="41995EC4" w14:textId="77777777" w:rsidR="002B1BE5" w:rsidRDefault="002B1BE5" w:rsidP="00432F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E41690B" w14:textId="77777777" w:rsidR="008B2906" w:rsidRDefault="008B2906">
+    <w:p w14:paraId="1A924758" w14:textId="77777777" w:rsidR="002B1BE5" w:rsidRDefault="002B1BE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="4AA76E38" w14:textId="77777777" w:rsidR="00C66EB6" w:rsidRPr="00540E3A" w:rsidRDefault="00C66EB6" w:rsidP="00C66EB6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> AI, Big Data, </w:t>
@@ -2915,122 +2895,99 @@
         </w:rPr>
         <w:t>, MedTech, SaaS, VR/AR or other, depending on the VC Fund’s profile</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="2EA96A1B" w14:textId="77777777" w:rsidR="009A1B76" w:rsidRPr="009378BC" w:rsidRDefault="009A1B76" w:rsidP="009A1B76">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="001179D4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="483D6EFD" w14:textId="2E177A74" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drawn up in the form of Appendix </w:t>
       </w:r>
       <w:r w:rsidR="009A1B76">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_Financial Schedule.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30EA7DAD" w14:textId="541DFEE5" w:rsidR="00432F80" w:rsidRDefault="00A73949" w:rsidP="00A73949">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DC881E4" wp14:editId="302BD47B">
           <wp:extent cx="5624898" cy="588700"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="3" name="Picture 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C44DF7E3-F7DC-4D30-A115-BE60D0472917}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3066,60 +3023,50 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="5624898" cy="588700"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:extLst>
                     <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                       <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                       </a14:hiddenFill>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="2EE42AD1" w14:textId="77777777" w:rsidR="00432F80" w:rsidRDefault="00432F80">
-    <w:pPr>
-[...8 lines deleted...]
-  <w:p w14:paraId="3F5CDDCE" w14:textId="77777777" w:rsidR="0063222C" w:rsidRDefault="0063222C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C9552D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A8B4A204"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7680,50 +7627,51 @@
     <w:rsid w:val="0029321E"/>
     <w:rsid w:val="00293360"/>
     <w:rsid w:val="0029356E"/>
     <w:rsid w:val="00293E5B"/>
     <w:rsid w:val="00294456"/>
     <w:rsid w:val="00295CFD"/>
     <w:rsid w:val="00295F9E"/>
     <w:rsid w:val="002962EB"/>
     <w:rsid w:val="002968CC"/>
     <w:rsid w:val="0029719B"/>
     <w:rsid w:val="002979ED"/>
     <w:rsid w:val="00297A14"/>
     <w:rsid w:val="00297DE2"/>
     <w:rsid w:val="002A0551"/>
     <w:rsid w:val="002A0DCD"/>
     <w:rsid w:val="002A1306"/>
     <w:rsid w:val="002A1AC7"/>
     <w:rsid w:val="002A2BDE"/>
     <w:rsid w:val="002A40D0"/>
     <w:rsid w:val="002A44D5"/>
     <w:rsid w:val="002A4E88"/>
     <w:rsid w:val="002A5918"/>
     <w:rsid w:val="002A64BA"/>
     <w:rsid w:val="002B0543"/>
     <w:rsid w:val="002B0FDC"/>
+    <w:rsid w:val="002B1BE5"/>
     <w:rsid w:val="002B25AD"/>
     <w:rsid w:val="002B30B3"/>
     <w:rsid w:val="002B3557"/>
     <w:rsid w:val="002B4088"/>
     <w:rsid w:val="002B5132"/>
     <w:rsid w:val="002B6608"/>
     <w:rsid w:val="002B6D2C"/>
     <w:rsid w:val="002B74AD"/>
     <w:rsid w:val="002C16CF"/>
     <w:rsid w:val="002C1E5E"/>
     <w:rsid w:val="002C20B9"/>
     <w:rsid w:val="002C2CA2"/>
     <w:rsid w:val="002C2EE7"/>
     <w:rsid w:val="002C3589"/>
     <w:rsid w:val="002C3863"/>
     <w:rsid w:val="002C4756"/>
     <w:rsid w:val="002C4EB8"/>
     <w:rsid w:val="002C5F6E"/>
     <w:rsid w:val="002C6396"/>
     <w:rsid w:val="002C6A52"/>
     <w:rsid w:val="002C7500"/>
     <w:rsid w:val="002D0F9D"/>
     <w:rsid w:val="002D1ECD"/>
     <w:rsid w:val="002D2A19"/>
     <w:rsid w:val="002D2B24"/>
@@ -9401,50 +9349,51 @@
     <w:rsid w:val="00A93CF5"/>
     <w:rsid w:val="00A944DF"/>
     <w:rsid w:val="00A96C63"/>
     <w:rsid w:val="00A9710E"/>
     <w:rsid w:val="00A972B9"/>
     <w:rsid w:val="00A974D8"/>
     <w:rsid w:val="00AA0360"/>
     <w:rsid w:val="00AA1796"/>
     <w:rsid w:val="00AA2115"/>
     <w:rsid w:val="00AA2165"/>
     <w:rsid w:val="00AA363B"/>
     <w:rsid w:val="00AA4033"/>
     <w:rsid w:val="00AA44F7"/>
     <w:rsid w:val="00AA4A36"/>
     <w:rsid w:val="00AA50C0"/>
     <w:rsid w:val="00AA5A9D"/>
     <w:rsid w:val="00AA60AB"/>
     <w:rsid w:val="00AA76B1"/>
     <w:rsid w:val="00AA77B1"/>
     <w:rsid w:val="00AB08E1"/>
     <w:rsid w:val="00AB1CD7"/>
     <w:rsid w:val="00AB232F"/>
     <w:rsid w:val="00AB4479"/>
     <w:rsid w:val="00AB468D"/>
     <w:rsid w:val="00AB47AE"/>
+    <w:rsid w:val="00AB4BCD"/>
     <w:rsid w:val="00AB55E4"/>
     <w:rsid w:val="00AB5652"/>
     <w:rsid w:val="00AB6954"/>
     <w:rsid w:val="00AB6AB1"/>
     <w:rsid w:val="00AB77A7"/>
     <w:rsid w:val="00AB781F"/>
     <w:rsid w:val="00AB7E3A"/>
     <w:rsid w:val="00AC0964"/>
     <w:rsid w:val="00AC0FD1"/>
     <w:rsid w:val="00AC1887"/>
     <w:rsid w:val="00AC20C3"/>
     <w:rsid w:val="00AC24FD"/>
     <w:rsid w:val="00AC278F"/>
     <w:rsid w:val="00AC2816"/>
     <w:rsid w:val="00AC3010"/>
     <w:rsid w:val="00AC3C7D"/>
     <w:rsid w:val="00AC3D61"/>
     <w:rsid w:val="00AC43D4"/>
     <w:rsid w:val="00AC451C"/>
     <w:rsid w:val="00AC5243"/>
     <w:rsid w:val="00AC5D04"/>
     <w:rsid w:val="00AC67D2"/>
     <w:rsid w:val="00AC7D08"/>
     <w:rsid w:val="00AC7D51"/>
     <w:rsid w:val="00AD0D2F"/>
@@ -10000,50 +9949,51 @@
     <w:rsid w:val="00D92253"/>
     <w:rsid w:val="00D93357"/>
     <w:rsid w:val="00D9486D"/>
     <w:rsid w:val="00D94F51"/>
     <w:rsid w:val="00D951C3"/>
     <w:rsid w:val="00D95B03"/>
     <w:rsid w:val="00D95D9B"/>
     <w:rsid w:val="00D9642C"/>
     <w:rsid w:val="00D9686C"/>
     <w:rsid w:val="00D96CCB"/>
     <w:rsid w:val="00DA0EA1"/>
     <w:rsid w:val="00DA117C"/>
     <w:rsid w:val="00DA3A0E"/>
     <w:rsid w:val="00DA3B1C"/>
     <w:rsid w:val="00DA3E99"/>
     <w:rsid w:val="00DA3F39"/>
     <w:rsid w:val="00DA448F"/>
     <w:rsid w:val="00DB0736"/>
     <w:rsid w:val="00DB10C7"/>
     <w:rsid w:val="00DB12B3"/>
     <w:rsid w:val="00DB1704"/>
     <w:rsid w:val="00DB2545"/>
     <w:rsid w:val="00DB2EC3"/>
     <w:rsid w:val="00DB3F51"/>
     <w:rsid w:val="00DB4ED1"/>
+    <w:rsid w:val="00DB5B24"/>
     <w:rsid w:val="00DB656C"/>
     <w:rsid w:val="00DB7573"/>
     <w:rsid w:val="00DC01FF"/>
     <w:rsid w:val="00DC03C8"/>
     <w:rsid w:val="00DC09ED"/>
     <w:rsid w:val="00DC1319"/>
     <w:rsid w:val="00DC1388"/>
     <w:rsid w:val="00DC14D8"/>
     <w:rsid w:val="00DC15BB"/>
     <w:rsid w:val="00DC19A1"/>
     <w:rsid w:val="00DC1FF1"/>
     <w:rsid w:val="00DC2543"/>
     <w:rsid w:val="00DC3960"/>
     <w:rsid w:val="00DC4178"/>
     <w:rsid w:val="00DC48F0"/>
     <w:rsid w:val="00DC6909"/>
     <w:rsid w:val="00DD0E51"/>
     <w:rsid w:val="00DD1343"/>
     <w:rsid w:val="00DD179E"/>
     <w:rsid w:val="00DD2BCC"/>
     <w:rsid w:val="00DD3FC3"/>
     <w:rsid w:val="00DD408A"/>
     <w:rsid w:val="00DD45BB"/>
     <w:rsid w:val="00DD46FB"/>
     <w:rsid w:val="00DD4F42"/>
@@ -14176,54 +14126,58 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1655186353">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="180"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>