--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -625,84 +625,84 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Tenderer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”) as an Operating Team member. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A64715" w14:textId="4E2EA1FF" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006754C8">
+    <w:p w14:paraId="17A64715" w14:textId="52EC5108" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have read the Call Rules and the Rules for Selecting Tenders, Call for Tenders No. </w:t>
       </w:r>
-      <w:r w:rsidR="00B52E5E">
-[...5 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="003164E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for VC Funds (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Call Rules</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -2067,51 +2067,50 @@
         <w:t>Any terms not defined herein shall have the meaning assigned to them in the Call Rules.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E52B634" w14:textId="4579B8C0" w:rsidR="00EA4B52" w:rsidRPr="00EA4B52" w:rsidRDefault="00EA4B52" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>I have read the rules for the processing of personal data constituting Appendix 8 to the Call Rules and I do not object to the manner of personal data processing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B49646" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006132D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7366"/>
       </w:tblGrid>
       <w:tr w:rsidR="006132D3" w:rsidRPr="008E6BDB" w14:paraId="41C55E43" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -2258,51 +2257,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7018F13F" w14:textId="77777777" w:rsidR="00FC49D3" w:rsidRDefault="00FC49D3" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2378,84 +2377,84 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1AEC9A93" w14:textId="26E576D7" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00867136">
+  <w:p w14:paraId="1AEC9A93" w14:textId="0C1C22D1" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00867136">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00B52E5E">
+    <w:r w:rsidR="003164E8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="008F016E">
+    <w:r w:rsidR="003164E8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6952FBE7" w14:textId="77777777" w:rsidR="00FC49D3" w:rsidRDefault="00FC49D3" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="42A7A537" w14:textId="77777777" w:rsidR="00FC49D3" w:rsidRDefault="00FC49D3" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -4301,51 +4300,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1274897230">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="97874962">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="481389532">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1026516801">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
@@ -4372,50 +4371,51 @@
     <w:rsid w:val="00154310"/>
     <w:rsid w:val="00166F01"/>
     <w:rsid w:val="001761A0"/>
     <w:rsid w:val="00190CE6"/>
     <w:rsid w:val="0019204B"/>
     <w:rsid w:val="001A6C2E"/>
     <w:rsid w:val="001C633B"/>
     <w:rsid w:val="001C79EB"/>
     <w:rsid w:val="001D0055"/>
     <w:rsid w:val="001F7B45"/>
     <w:rsid w:val="002157BC"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="00263538"/>
     <w:rsid w:val="00272CB8"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="00297619"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A660B"/>
     <w:rsid w:val="002A7F9F"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002D05F0"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002E6A1B"/>
     <w:rsid w:val="002F6627"/>
+    <w:rsid w:val="003164E8"/>
     <w:rsid w:val="003331DF"/>
     <w:rsid w:val="00357307"/>
     <w:rsid w:val="00371635"/>
     <w:rsid w:val="003800E8"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A61A9"/>
     <w:rsid w:val="003B7FD9"/>
     <w:rsid w:val="003D263A"/>
     <w:rsid w:val="003D3385"/>
     <w:rsid w:val="003F0686"/>
     <w:rsid w:val="003F612C"/>
     <w:rsid w:val="00417D69"/>
     <w:rsid w:val="00426DE1"/>
     <w:rsid w:val="00430AA3"/>
     <w:rsid w:val="004325E1"/>
     <w:rsid w:val="004338A3"/>
     <w:rsid w:val="00435F33"/>
     <w:rsid w:val="00445AFB"/>
     <w:rsid w:val="00452F4A"/>
     <w:rsid w:val="00460C1F"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="004A3BBA"/>
     <w:rsid w:val="004B5581"/>
@@ -4576,50 +4576,51 @@
     <w:rsid w:val="00E63331"/>
     <w:rsid w:val="00E73542"/>
     <w:rsid w:val="00E75BC0"/>
     <w:rsid w:val="00E87CCA"/>
     <w:rsid w:val="00E92FEC"/>
     <w:rsid w:val="00E9324D"/>
     <w:rsid w:val="00E974FB"/>
     <w:rsid w:val="00EA4B52"/>
     <w:rsid w:val="00EB5DAF"/>
     <w:rsid w:val="00ED0CBD"/>
     <w:rsid w:val="00ED6FA9"/>
     <w:rsid w:val="00F02E0A"/>
     <w:rsid w:val="00F12704"/>
     <w:rsid w:val="00F139B1"/>
     <w:rsid w:val="00F13C4E"/>
     <w:rsid w:val="00F40111"/>
     <w:rsid w:val="00F54677"/>
     <w:rsid w:val="00F54AF1"/>
     <w:rsid w:val="00F9004A"/>
     <w:rsid w:val="00F91074"/>
     <w:rsid w:val="00FA3BDE"/>
     <w:rsid w:val="00FC49D3"/>
     <w:rsid w:val="00FC5C89"/>
     <w:rsid w:val="00FD0220"/>
     <w:rsid w:val="00FD4A74"/>
+    <w:rsid w:val="00FE06E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2F14775E"/>
@@ -5787,81 +5788,81 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A73E13B-143B-4855-9DD5-4390E56CF3DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6a7e4972-a3b7-4d51-a933-10309688c2b7}" enabled="1" method="Privileged" siteId="{0d2b6bbb-a69c-41e8-9ef1-c035572bd00e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>975</Words>
-  <Characters>5561</Characters>
+  <Characters>5562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6523</CharactersWithSpaces>
+  <CharactersWithSpaces>6524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jarosław Więckowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_SiteId">
     <vt:lpwstr>0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>