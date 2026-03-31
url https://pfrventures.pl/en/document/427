--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -625,84 +625,92 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Tenderer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”) as an Operating Team member. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A64715" w14:textId="52EC5108" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006754C8">
+    <w:p w14:paraId="17A64715" w14:textId="5A58B435" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have read the Call Rules and the Rules for Selecting Tenders, Call for Tenders No. </w:t>
       </w:r>
       <w:r w:rsidR="003164E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00376A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for VC Funds (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Call Rules</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -938,87 +946,51 @@
         </w:rPr>
         <w:t>KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will obtain additional information about me and, at any time, transfer information about me obtained in connection with the Tender to entities forming part of the corporate group to which PFR Ventures and/or PFR </w:t>
       </w:r>
       <w:r w:rsidR="00BA1488">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> belong, as well as to Bank </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
+        <w:t xml:space="preserve"> belong, as well as to Bank Gospodarstwa Krajowego and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7956D2D1" w14:textId="26606B0E" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2067,50 +2039,51 @@
         <w:t>Any terms not defined herein shall have the meaning assigned to them in the Call Rules.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E52B634" w14:textId="4579B8C0" w:rsidR="00EA4B52" w:rsidRPr="00EA4B52" w:rsidRDefault="00EA4B52" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I have read the rules for the processing of personal data constituting Appendix 8 to the Call Rules and I do not object to the manner of personal data processing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B49646" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006132D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7366"/>
       </w:tblGrid>
       <w:tr w:rsidR="006132D3" w:rsidRPr="008E6BDB" w14:paraId="41C55E43" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -2231,61 +2204,61 @@
     </w:p>
     <w:p w14:paraId="210500C9" w14:textId="16376456" w:rsidR="00ED6FA9" w:rsidRPr="00987151" w:rsidRDefault="00ED6FA9" w:rsidP="00987151">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED6FA9" w:rsidRPr="00987151" w:rsidSect="00FC49D3">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A1B61AA" w14:textId="77777777" w:rsidR="00FC49D3" w:rsidRDefault="00FC49D3" w:rsidP="006132D3">
+    <w:p w14:paraId="6516EF42" w14:textId="77777777" w:rsidR="00D81D1B" w:rsidRDefault="00D81D1B" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7018F13F" w14:textId="77777777" w:rsidR="00FC49D3" w:rsidRDefault="00FC49D3" w:rsidP="006132D3">
+    <w:p w14:paraId="71A68B73" w14:textId="77777777" w:rsidR="00D81D1B" w:rsidRDefault="00D81D1B" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2377,103 +2350,110 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1AEC9A93" w14:textId="0C1C22D1" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00867136">
+  <w:p w14:paraId="1AEC9A93" w14:textId="294D3E89" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00867136">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
     <w:r w:rsidR="003164E8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00376A26">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="003164E8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6952FBE7" w14:textId="77777777" w:rsidR="00FC49D3" w:rsidRDefault="00FC49D3" w:rsidP="006132D3">
+    <w:p w14:paraId="4B3895B2" w14:textId="77777777" w:rsidR="00D81D1B" w:rsidRDefault="00D81D1B" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42A7A537" w14:textId="77777777" w:rsidR="00FC49D3" w:rsidRDefault="00FC49D3" w:rsidP="006132D3">
+    <w:p w14:paraId="59CD4F01" w14:textId="77777777" w:rsidR="00D81D1B" w:rsidRDefault="00D81D1B" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B4A2262" w14:textId="1CA6C8B4" w:rsidR="00B713A5" w:rsidRPr="00C13AAC" w:rsidRDefault="00B713A5" w:rsidP="006F6973">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
@@ -4301,51 +4281,50 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1274897230">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="97874962">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="481389532">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1026516801">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
     <w:rsid w:val="00006C70"/>
@@ -4375,50 +4354,51 @@
     <w:rsid w:val="0019204B"/>
     <w:rsid w:val="001A6C2E"/>
     <w:rsid w:val="001C633B"/>
     <w:rsid w:val="001C79EB"/>
     <w:rsid w:val="001D0055"/>
     <w:rsid w:val="001F7B45"/>
     <w:rsid w:val="002157BC"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="00263538"/>
     <w:rsid w:val="00272CB8"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="00297619"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A660B"/>
     <w:rsid w:val="002A7F9F"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002D05F0"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002E6A1B"/>
     <w:rsid w:val="002F6627"/>
     <w:rsid w:val="003164E8"/>
     <w:rsid w:val="003331DF"/>
     <w:rsid w:val="00357307"/>
     <w:rsid w:val="00371635"/>
+    <w:rsid w:val="00376A26"/>
     <w:rsid w:val="003800E8"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A61A9"/>
     <w:rsid w:val="003B7FD9"/>
     <w:rsid w:val="003D263A"/>
     <w:rsid w:val="003D3385"/>
     <w:rsid w:val="003F0686"/>
     <w:rsid w:val="003F612C"/>
     <w:rsid w:val="00417D69"/>
     <w:rsid w:val="00426DE1"/>
     <w:rsid w:val="00430AA3"/>
     <w:rsid w:val="004325E1"/>
     <w:rsid w:val="004338A3"/>
     <w:rsid w:val="00435F33"/>
     <w:rsid w:val="00445AFB"/>
     <w:rsid w:val="00452F4A"/>
     <w:rsid w:val="00460C1F"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="004A3BBA"/>
     <w:rsid w:val="004B5581"/>
     <w:rsid w:val="004B7063"/>
     <w:rsid w:val="004D14C1"/>
     <w:rsid w:val="004D1946"/>
@@ -4540,54 +4520,56 @@
     <w:rsid w:val="00BC6CEE"/>
     <w:rsid w:val="00BD105F"/>
     <w:rsid w:val="00BD5423"/>
     <w:rsid w:val="00BD6D26"/>
     <w:rsid w:val="00BD7BE8"/>
     <w:rsid w:val="00C02FA6"/>
     <w:rsid w:val="00C251D1"/>
     <w:rsid w:val="00C35B24"/>
     <w:rsid w:val="00C40D96"/>
     <w:rsid w:val="00C56872"/>
     <w:rsid w:val="00C57074"/>
     <w:rsid w:val="00C7468E"/>
     <w:rsid w:val="00C91162"/>
     <w:rsid w:val="00CB424C"/>
     <w:rsid w:val="00CB531A"/>
     <w:rsid w:val="00CB62B6"/>
     <w:rsid w:val="00CB75D0"/>
     <w:rsid w:val="00CF0633"/>
     <w:rsid w:val="00CF1BF6"/>
     <w:rsid w:val="00CF2368"/>
     <w:rsid w:val="00D06FD3"/>
     <w:rsid w:val="00D13485"/>
     <w:rsid w:val="00D22748"/>
     <w:rsid w:val="00D743B0"/>
     <w:rsid w:val="00D7774D"/>
+    <w:rsid w:val="00D81D1B"/>
     <w:rsid w:val="00D83094"/>
     <w:rsid w:val="00D875B2"/>
     <w:rsid w:val="00DA170D"/>
     <w:rsid w:val="00DB383A"/>
+    <w:rsid w:val="00DB5B24"/>
     <w:rsid w:val="00DB6D25"/>
     <w:rsid w:val="00E02547"/>
     <w:rsid w:val="00E04C8B"/>
     <w:rsid w:val="00E354EC"/>
     <w:rsid w:val="00E425F7"/>
     <w:rsid w:val="00E42BE2"/>
     <w:rsid w:val="00E605BC"/>
     <w:rsid w:val="00E63331"/>
     <w:rsid w:val="00E73542"/>
     <w:rsid w:val="00E75BC0"/>
     <w:rsid w:val="00E87CCA"/>
     <w:rsid w:val="00E92FEC"/>
     <w:rsid w:val="00E9324D"/>
     <w:rsid w:val="00E974FB"/>
     <w:rsid w:val="00EA4B52"/>
     <w:rsid w:val="00EB5DAF"/>
     <w:rsid w:val="00ED0CBD"/>
     <w:rsid w:val="00ED6FA9"/>
     <w:rsid w:val="00F02E0A"/>
     <w:rsid w:val="00F12704"/>
     <w:rsid w:val="00F139B1"/>
     <w:rsid w:val="00F13C4E"/>
     <w:rsid w:val="00F40111"/>
     <w:rsid w:val="00F54677"/>
     <w:rsid w:val="00F54AF1"/>