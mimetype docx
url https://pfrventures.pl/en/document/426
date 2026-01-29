--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -583,51 +583,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1E5449" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="0097677F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I, the undersigned, hereby represent that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099441A0" w14:textId="226009FE" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="099441A0" w14:textId="3FB1218D" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have been indicated by </w:t>
@@ -695,57 +695,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">under the Call procedure conducted by </w:t>
       </w:r>
       <w:r w:rsidR="003F51BA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PFR KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and agree to hold this position on the following terms, in accordance with the conditions set forth in the Tender and in accordance with the conditions set forth in the Call Rules and the Rules for Selecting Tenders, Call for Tenders No. </w:t>
       </w:r>
-      <w:r w:rsidR="00290661">
+      <w:r w:rsidR="00907389">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00B73FBD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for VC Funds (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -2029,165 +2029,370 @@
         <w:t xml:space="preserve">Consent to </w:t>
       </w:r>
       <w:r w:rsidR="00A760A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the conduct of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>due diligence in the event the Tender is selected under the Call</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EDB1CF" w14:textId="480BB85D" w:rsidR="006132D3" w:rsidRPr="00C07EE9" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="22EDB1CF" w14:textId="14138BCC" w:rsidR="006132D3" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I consent to the conduct by PFR Ventures, </w:t>
       </w:r>
       <w:r w:rsidR="003F51BA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PFR KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or their professional advisers, prior to signing the Investment Agreement, of due diligence in order to verify my legal and financial capacity to make a private</w:t>
+        <w:t xml:space="preserve"> or their professional advisers, prior to signing the Investment Agreement, of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>iligence in order to verify my legal</w:t>
+      </w:r>
+      <w:r w:rsidR="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>financial capacity to make a private</w:t>
       </w:r>
       <w:r w:rsidR="007C6893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> capital</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contribution in the declared amount. To this end, at the request of PFR Ventures, PFR </w:t>
+        <w:t xml:space="preserve"> contribution in the declared amount</w:t>
+      </w:r>
+      <w:r w:rsidR="00907389">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00907389">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reputational </w:t>
+      </w:r>
+      <w:r w:rsidR="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>capacity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To this end, at the request of PFR Ventures, PFR </w:t>
       </w:r>
       <w:r w:rsidR="0019785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or their professional advisers, I undertake to provide PFR Ventures, PFR </w:t>
       </w:r>
       <w:r w:rsidR="0019785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or their professional advisers with all documents confirming that I hold a private contribution.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="13CB20CD" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+        <w:t xml:space="preserve"> or their professional advisers with all documents </w:t>
+      </w:r>
+      <w:r w:rsidR="00846B53" w:rsidRPr="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>necessary for the conduct of the Due Diligence in accordance with the scope specified in clause 9.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Call Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4157AEB5" w14:textId="3FC3D36C" w:rsidR="00674F7A" w:rsidRDefault="00674F7A" w:rsidP="00674F7A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">I consent to PFR Ventures, PFR KOFFI, or their </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>professional</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A" w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">advisers conducting </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>iligence on my spouse prior to signing the Investment Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, within the scope specified in clause 9.4.3. of the Call Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426D3CA9" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRPr="00674F7A" w:rsidRDefault="00D7179A" w:rsidP="00E069CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13CB20CD" w14:textId="4CE6C6C2" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="00674F7A" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="2" w:name="_Ref467149754"/>
-      <w:r>
+      <w:r w:rsidR="006132D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Conflict of interest</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="72B620B3" w14:textId="193ABD81" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
@@ -2225,51 +2430,50 @@
     <w:p w14:paraId="50117720" w14:textId="19B65B1D" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">I represent that I will immediately notify PFR Ventures or </w:t>
       </w:r>
       <w:r w:rsidR="003F51BA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PFR KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of any circumstances constituting a conflict of interest resulting in the statement contained in point 5.1 above being untrue.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4913E975" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
@@ -2687,93 +2891,535 @@
               </w:rPr>
               <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0620E9B7" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date, place </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="210500C9" w14:textId="682E5E34" w:rsidR="00ED6FA9" w:rsidRDefault="00ED6FA9"/>
-    <w:sectPr w:rsidR="00ED6FA9" w:rsidSect="00930745">
+    <w:p w14:paraId="6EACE571" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRDefault="00D7179A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24354724" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRDefault="00D7179A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5C2778" w14:textId="06E72302" w:rsidR="00D7179A" w:rsidRDefault="00D7179A" w:rsidP="00D7179A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Template of Consent </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Processing of Personal Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D704B04" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRPr="00E069CF" w:rsidRDefault="00D7179A" w:rsidP="00E069CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B0EFFD" w14:textId="78C80B08" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00E069CF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Consent to the Processing of Personal Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526CC69F" w14:textId="7D555420" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00846B53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Pursuant to Article 7 of Regulation (EU) 2016/679 of the European Parliament and of the Council of 27 April 2016 on the protection of natural persons with regard to the processing of personal data and on the free movement of such data, and repealing Directive 95/46/EC (“GDPR”),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4F8262" w14:textId="58841FF9" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00E069CF">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I, the undersigned ......................................... (full name), PESEL number: ………………………………,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F2C232" w14:textId="2055ACC6" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00846B53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereby consent to the processing of my personal data by PFR Ventures </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>spółka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ograniczoną</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>odpowiedzialnością</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with its registered office in Warsaw at ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Krucza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50, 00-025 Warsaw, entered in the Register of Entrepreneurs of the National Court Register under number KRS: 0000533101, for the purpose of conducting a reputational capacity assessment as part of the evaluation process of an application submitted under the call carried out in accordance with Call No. …….. for VC Funds – PFR ………. dated …………………………………….., for the purpose of obtaining financing from the funds of the PFR ……………… </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, i.e. the financial instrument ……….. 2.0, forming part of the Operational </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> European Funds for a Modern Economy 2021–2027.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324BF462" w14:textId="3C7FA8F4" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00846B53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>This consent covers my personal data contained herein, namely: first name, last name, and PESEL number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279FB533" w14:textId="0F205D79" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00846B53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I acknowledge that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41077901" w14:textId="77777777" w:rsidR="00053C41" w:rsidRDefault="00846B53" w:rsidP="00373DD3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the provision of consent is voluntary and may be withdrawn at any time without giving reasons, without affecting the lawfulness of the processing carried out prior to its withdrawal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143D2859" w14:textId="4E0AEA16" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00E069CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I have the right to access my personal data, to rectify, erase, and transfer such data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210500C9" w14:textId="676F30C2" w:rsidR="00ED6FA9" w:rsidRDefault="00846B53" w:rsidP="00846B53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>At the same time, I declare that I have read and understood the information clause constituting Appendix No. 8 to the Call</w:t>
+      </w:r>
+      <w:r w:rsidR="00053C41">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E069CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, concerning the processing of my personal data for the purpose of a reputational assessment, a copy of which has been provided to me. I understand the purposes and scope of the processing of my personal data, as well as the rights to which I am entitled under data protection regulations, including the right to access, rectify, erase, or restrict the processing of my personal data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087FE1C8" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRDefault="00D7179A" w:rsidP="00846B53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0932D4CD" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRPr="004E03A6" w:rsidRDefault="00D7179A" w:rsidP="00D7179A">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1A61B5" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRPr="00A64781" w:rsidRDefault="00D7179A" w:rsidP="00D7179A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Legible signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1425B15D" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRPr="00E069CF" w:rsidRDefault="00D7179A" w:rsidP="00846B53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D7179A" w:rsidRPr="00E069CF" w:rsidSect="00930745">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="222034BA" w14:textId="77777777" w:rsidR="00930745" w:rsidRDefault="00930745" w:rsidP="006132D3">
+    <w:p w14:paraId="5D4270E9" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60EB23BF" w14:textId="77777777" w:rsidR="00930745" w:rsidRDefault="00930745" w:rsidP="006132D3">
+    <w:p w14:paraId="6B59C8F6" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2849,103 +3495,103 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1AEC9A93" w14:textId="06B371DC" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00D15466">
+  <w:p w14:paraId="1AEC9A93" w14:textId="1806C719" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00D15466">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00290661">
+    <w:r w:rsidR="00907389">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="003E241E">
+    <w:r w:rsidR="00907389">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B8F4B52" w14:textId="77777777" w:rsidR="00930745" w:rsidRDefault="00930745" w:rsidP="006132D3">
+    <w:p w14:paraId="6D6FE6C7" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E06B272" w14:textId="77777777" w:rsidR="00930745" w:rsidRDefault="00930745" w:rsidP="006132D3">
+    <w:p w14:paraId="77AF0373" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B4A2262" w14:textId="4E771865" w:rsidR="00B713A5" w:rsidRPr="001A444B" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
@@ -3366,77 +4012,94 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="750251C7" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="001A444B" w:rsidRDefault="009859F1" w:rsidP="009859F1">
+    <w:p w14:paraId="750251C7" w14:textId="4A32185F" w:rsidR="009859F1" w:rsidRPr="001A444B" w:rsidRDefault="009859F1" w:rsidP="009859F1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
+      </w:r>
+      <w:r w:rsidR="00907389">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00907389" w:rsidRPr="00907389">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>In the event that the applicant remains in a marital relationship, this Form must be accompanied by the consent of the spouse to the processing of personal data, in accordance with the template attached to the Form.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p w14:paraId="5896A85D" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="001A444B" w:rsidRDefault="009859F1" w:rsidP="009859F1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
@@ -4141,50 +4804,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="235B24CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F35CACAE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25DD3C60"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D794DA60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -4253,51 +5005,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3222771D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF1A8356"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -4366,51 +5118,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36732039"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8AE07E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4452,51 +5204,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E25A92"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98F6C480"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -4544,51 +5296,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E323BEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06564A82"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4657,51 +5409,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C840DC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC72AE28"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4746,51 +5498,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="639F2902"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFC87B86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4832,51 +5584,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E87A3C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="381282A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -4955,293 +5707,305 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="59140584">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="720444182">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1563179963">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1491017010">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="437604618">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="514610168">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="61679125">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2120490221">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1953826197">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1871524155">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1860508875">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1860508875">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="12" w16cid:durableId="679965337">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1296135509">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1744404151">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
     <w:rsid w:val="00002194"/>
     <w:rsid w:val="00005A5F"/>
     <w:rsid w:val="000121BC"/>
     <w:rsid w:val="0003566D"/>
+    <w:rsid w:val="00053C41"/>
     <w:rsid w:val="0005632C"/>
     <w:rsid w:val="000565B3"/>
     <w:rsid w:val="00057311"/>
+    <w:rsid w:val="00076DC8"/>
     <w:rsid w:val="000807E9"/>
     <w:rsid w:val="00081482"/>
     <w:rsid w:val="000816C6"/>
     <w:rsid w:val="00090F7A"/>
     <w:rsid w:val="00095DFB"/>
     <w:rsid w:val="00095FA4"/>
     <w:rsid w:val="000A1367"/>
     <w:rsid w:val="000A491A"/>
     <w:rsid w:val="000B2645"/>
     <w:rsid w:val="000B624F"/>
     <w:rsid w:val="000B76FF"/>
     <w:rsid w:val="000C2241"/>
     <w:rsid w:val="000D232E"/>
     <w:rsid w:val="000F385A"/>
     <w:rsid w:val="001042EF"/>
     <w:rsid w:val="001057F1"/>
     <w:rsid w:val="00110119"/>
     <w:rsid w:val="001106EF"/>
     <w:rsid w:val="0013319F"/>
     <w:rsid w:val="0013443E"/>
     <w:rsid w:val="00154310"/>
     <w:rsid w:val="001647C9"/>
     <w:rsid w:val="00166F01"/>
     <w:rsid w:val="001761A0"/>
     <w:rsid w:val="0019785D"/>
     <w:rsid w:val="001A444B"/>
     <w:rsid w:val="001F7B45"/>
     <w:rsid w:val="00211C1C"/>
     <w:rsid w:val="002157BC"/>
+    <w:rsid w:val="002221CA"/>
     <w:rsid w:val="00226640"/>
     <w:rsid w:val="00231465"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="002472E2"/>
     <w:rsid w:val="00272CB8"/>
     <w:rsid w:val="0027468D"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="00290661"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A50A2"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002C2595"/>
     <w:rsid w:val="002D6E33"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002F6627"/>
     <w:rsid w:val="003331DF"/>
     <w:rsid w:val="00371635"/>
     <w:rsid w:val="00387C44"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A61A9"/>
     <w:rsid w:val="003B7FD9"/>
     <w:rsid w:val="003C6971"/>
+    <w:rsid w:val="003C777A"/>
     <w:rsid w:val="003D263A"/>
     <w:rsid w:val="003D3385"/>
     <w:rsid w:val="003D6566"/>
     <w:rsid w:val="003E0F74"/>
     <w:rsid w:val="003E241E"/>
     <w:rsid w:val="003F51BA"/>
     <w:rsid w:val="003F612C"/>
     <w:rsid w:val="00400A97"/>
     <w:rsid w:val="00430AA3"/>
     <w:rsid w:val="004338A3"/>
     <w:rsid w:val="00434A14"/>
     <w:rsid w:val="00435F33"/>
     <w:rsid w:val="00445AFB"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="00482B6F"/>
     <w:rsid w:val="0048662B"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="0049257F"/>
     <w:rsid w:val="004A3BBA"/>
     <w:rsid w:val="004B5581"/>
     <w:rsid w:val="004B7063"/>
     <w:rsid w:val="004D14C1"/>
     <w:rsid w:val="004D1946"/>
     <w:rsid w:val="004D4B23"/>
     <w:rsid w:val="00511ED0"/>
     <w:rsid w:val="00523C4D"/>
     <w:rsid w:val="0052430F"/>
     <w:rsid w:val="005244B9"/>
     <w:rsid w:val="00526556"/>
     <w:rsid w:val="00526695"/>
     <w:rsid w:val="00535AB6"/>
     <w:rsid w:val="0054136D"/>
     <w:rsid w:val="00554F54"/>
     <w:rsid w:val="00572A39"/>
     <w:rsid w:val="00591665"/>
     <w:rsid w:val="00595E90"/>
     <w:rsid w:val="005D3E2B"/>
     <w:rsid w:val="005D7749"/>
     <w:rsid w:val="005E4653"/>
+    <w:rsid w:val="005F2C84"/>
     <w:rsid w:val="005F5C56"/>
     <w:rsid w:val="00612D77"/>
     <w:rsid w:val="006132D3"/>
     <w:rsid w:val="0061661E"/>
     <w:rsid w:val="00621F0D"/>
     <w:rsid w:val="006379D1"/>
     <w:rsid w:val="00642520"/>
     <w:rsid w:val="00647E73"/>
     <w:rsid w:val="006522E0"/>
     <w:rsid w:val="0065299D"/>
     <w:rsid w:val="00656C5F"/>
+    <w:rsid w:val="00674F7A"/>
     <w:rsid w:val="006876F5"/>
     <w:rsid w:val="00694948"/>
     <w:rsid w:val="006A188B"/>
     <w:rsid w:val="006C3E8E"/>
     <w:rsid w:val="006D29D7"/>
     <w:rsid w:val="006E00AF"/>
     <w:rsid w:val="00704A9C"/>
     <w:rsid w:val="00707667"/>
     <w:rsid w:val="00713D55"/>
     <w:rsid w:val="007152DB"/>
     <w:rsid w:val="0073672F"/>
     <w:rsid w:val="00741613"/>
     <w:rsid w:val="00755889"/>
     <w:rsid w:val="00764264"/>
     <w:rsid w:val="00780481"/>
     <w:rsid w:val="007813B0"/>
     <w:rsid w:val="0078356F"/>
     <w:rsid w:val="00786FE6"/>
     <w:rsid w:val="007949CA"/>
     <w:rsid w:val="007C488D"/>
     <w:rsid w:val="007C6893"/>
     <w:rsid w:val="007D2A93"/>
     <w:rsid w:val="007E0467"/>
     <w:rsid w:val="007E07F5"/>
     <w:rsid w:val="007E4DED"/>
     <w:rsid w:val="007E5039"/>
     <w:rsid w:val="00820A74"/>
     <w:rsid w:val="008212C5"/>
     <w:rsid w:val="00827452"/>
     <w:rsid w:val="0083378F"/>
     <w:rsid w:val="00841414"/>
+    <w:rsid w:val="00846B53"/>
     <w:rsid w:val="008535B5"/>
     <w:rsid w:val="00853A6D"/>
     <w:rsid w:val="008631FC"/>
     <w:rsid w:val="00884DC4"/>
     <w:rsid w:val="00886AC3"/>
     <w:rsid w:val="008B16B6"/>
     <w:rsid w:val="008B47ED"/>
     <w:rsid w:val="008B50BA"/>
     <w:rsid w:val="008C2C1D"/>
     <w:rsid w:val="008C7568"/>
     <w:rsid w:val="008D02D9"/>
     <w:rsid w:val="008E6BDB"/>
     <w:rsid w:val="008F3541"/>
     <w:rsid w:val="008F52E6"/>
     <w:rsid w:val="00901211"/>
+    <w:rsid w:val="00907389"/>
     <w:rsid w:val="00914FED"/>
     <w:rsid w:val="00930745"/>
     <w:rsid w:val="00934AFC"/>
     <w:rsid w:val="0093734D"/>
     <w:rsid w:val="00941CF3"/>
     <w:rsid w:val="00946961"/>
     <w:rsid w:val="0095033C"/>
     <w:rsid w:val="009710CB"/>
     <w:rsid w:val="00973269"/>
     <w:rsid w:val="0097677F"/>
     <w:rsid w:val="009859F1"/>
     <w:rsid w:val="009865A5"/>
     <w:rsid w:val="00996390"/>
     <w:rsid w:val="009A155A"/>
     <w:rsid w:val="009A3B8D"/>
     <w:rsid w:val="009B5ED1"/>
     <w:rsid w:val="009C4799"/>
     <w:rsid w:val="009E0684"/>
     <w:rsid w:val="00A17510"/>
     <w:rsid w:val="00A235A3"/>
     <w:rsid w:val="00A41588"/>
     <w:rsid w:val="00A47470"/>
     <w:rsid w:val="00A73D04"/>
     <w:rsid w:val="00A760A2"/>
     <w:rsid w:val="00A861A0"/>
@@ -5261,107 +6025,112 @@
     <w:rsid w:val="00B53A7F"/>
     <w:rsid w:val="00B63DE6"/>
     <w:rsid w:val="00B713A5"/>
     <w:rsid w:val="00B73FBD"/>
     <w:rsid w:val="00B859AC"/>
     <w:rsid w:val="00B87888"/>
     <w:rsid w:val="00B90B56"/>
     <w:rsid w:val="00B90FF4"/>
     <w:rsid w:val="00B932D0"/>
     <w:rsid w:val="00BA09C5"/>
     <w:rsid w:val="00BA4149"/>
     <w:rsid w:val="00BB3F75"/>
     <w:rsid w:val="00BB74BF"/>
     <w:rsid w:val="00BB767D"/>
     <w:rsid w:val="00BC1BD6"/>
     <w:rsid w:val="00BC6261"/>
     <w:rsid w:val="00BD3134"/>
     <w:rsid w:val="00BD5423"/>
     <w:rsid w:val="00BD7BE8"/>
     <w:rsid w:val="00C02FA6"/>
     <w:rsid w:val="00C07EE9"/>
     <w:rsid w:val="00C13AD8"/>
     <w:rsid w:val="00C15226"/>
     <w:rsid w:val="00C25455"/>
     <w:rsid w:val="00C40D96"/>
+    <w:rsid w:val="00C51C93"/>
     <w:rsid w:val="00C56872"/>
     <w:rsid w:val="00C7468E"/>
     <w:rsid w:val="00C91162"/>
     <w:rsid w:val="00C942C0"/>
     <w:rsid w:val="00CA44E4"/>
     <w:rsid w:val="00CB4256"/>
     <w:rsid w:val="00CB531A"/>
     <w:rsid w:val="00CB62B6"/>
     <w:rsid w:val="00CB75D0"/>
     <w:rsid w:val="00CF1BF6"/>
     <w:rsid w:val="00CF2368"/>
     <w:rsid w:val="00D06FD3"/>
     <w:rsid w:val="00D12A74"/>
     <w:rsid w:val="00D13485"/>
     <w:rsid w:val="00D15466"/>
     <w:rsid w:val="00D65D22"/>
+    <w:rsid w:val="00D7179A"/>
     <w:rsid w:val="00D743B0"/>
     <w:rsid w:val="00D7774D"/>
     <w:rsid w:val="00D875B2"/>
     <w:rsid w:val="00D965DA"/>
     <w:rsid w:val="00DA170D"/>
     <w:rsid w:val="00DA6213"/>
     <w:rsid w:val="00DB58DE"/>
     <w:rsid w:val="00DB6D25"/>
     <w:rsid w:val="00DF75E3"/>
     <w:rsid w:val="00E02547"/>
     <w:rsid w:val="00E04C8B"/>
+    <w:rsid w:val="00E069CF"/>
     <w:rsid w:val="00E27D05"/>
     <w:rsid w:val="00E354EC"/>
     <w:rsid w:val="00E425F7"/>
     <w:rsid w:val="00E42BE2"/>
     <w:rsid w:val="00E605BC"/>
     <w:rsid w:val="00E72261"/>
     <w:rsid w:val="00E75BC0"/>
     <w:rsid w:val="00E9293C"/>
     <w:rsid w:val="00E92FEC"/>
     <w:rsid w:val="00E974FB"/>
     <w:rsid w:val="00EB3BB3"/>
     <w:rsid w:val="00EB5DAF"/>
     <w:rsid w:val="00ED0CBD"/>
     <w:rsid w:val="00ED6FA9"/>
     <w:rsid w:val="00F12704"/>
     <w:rsid w:val="00F13C4E"/>
     <w:rsid w:val="00F40111"/>
     <w:rsid w:val="00F41DFB"/>
     <w:rsid w:val="00F54677"/>
     <w:rsid w:val="00F54AF1"/>
     <w:rsid w:val="00F64A5E"/>
     <w:rsid w:val="00F665C7"/>
     <w:rsid w:val="00F83609"/>
     <w:rsid w:val="00F852AC"/>
     <w:rsid w:val="00F9004A"/>
     <w:rsid w:val="00FA3BDE"/>
     <w:rsid w:val="00FC5C89"/>
     <w:rsid w:val="00FC7099"/>
     <w:rsid w:val="00FD0220"/>
     <w:rsid w:val="00FD4A74"/>
+    <w:rsid w:val="00FE06E5"/>
+    <w:rsid w:val="00FE578F"/>
     <w:rsid w:val="00FF2FFA"/>
     <w:rsid w:val="00FF4CBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -6529,76 +7298,83 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E204F0D-1DF5-489D-879B-5FCE3DBFF2A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6a7e4972-a3b7-4d51-a933-10309688c2b7}" enabled="1" method="Privileged" siteId="{0d2b6bbb-a69c-41e8-9ef1-c035572bd00e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6791</Characters>
+  <Pages>5</Pages>
+  <Words>1563</Words>
+  <Characters>8915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7967</CharactersWithSpaces>
+  <CharactersWithSpaces>10458</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jarosław Więckowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_SiteId">
     <vt:lpwstr>0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>