--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -583,51 +583,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1E5449" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="0097677F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I, the undersigned, hereby represent that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099441A0" w14:textId="3FB1218D" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="099441A0" w14:textId="74D20050" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have been indicated by </w:t>
@@ -701,51 +701,59 @@
         </w:rPr>
         <w:t xml:space="preserve">under the Call procedure conducted by </w:t>
       </w:r>
       <w:r w:rsidR="003F51BA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PFR KOFFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and agree to hold this position on the following terms, in accordance with the conditions set forth in the Tender and in accordance with the conditions set forth in the Call Rules and the Rules for Selecting Tenders, Call for Tenders No. </w:t>
       </w:r>
       <w:r w:rsidR="00907389">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC62D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00B73FBD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for VC Funds (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1224,87 +1232,51 @@
         </w:rPr>
         <w:t xml:space="preserve">share </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">information (data) about me obtained in connection with the Tender to entities forming part of the corporate group to which PFR Ventures and/or PFR </w:t>
       </w:r>
       <w:r w:rsidR="0019785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">KOFFI </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">belong, as well as to Bank </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
+        <w:t>belong, as well as to Bank Gospodarstwa Krajowego and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7956D2D1" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3036,147 +3008,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E069CF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I, the undersigned ......................................... (full name), PESEL number: ………………………………,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72F2C232" w14:textId="2055ACC6" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00846B53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E069CF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">hereby consent to the processing of my personal data by PFR Ventures </w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> European Funds for a Modern Economy 2021–2027.</w:t>
+        <w:t>hereby consent to the processing of my personal data by PFR Ventures spółka z ograniczoną odpowiedzialnością, with its registered office in Warsaw at ul. Krucza 50, 00-025 Warsaw, entered in the Register of Entrepreneurs of the National Court Register under number KRS: 0000533101, for the purpose of conducting a reputational capacity assessment as part of the evaluation process of an application submitted under the call carried out in accordance with Call No. …….. for VC Funds – PFR ………. dated …………………………………….., for the purpose of obtaining financing from the funds of the PFR ……………… programme, i.e. the financial instrument ……….. 2.0, forming part of the Operational Programme European Funds for a Modern Economy 2021–2027.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324BF462" w14:textId="3C7FA8F4" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00846B53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E069CF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>This consent covers my personal data contained herein, namely: first name, last name, and PESEL number.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279FB533" w14:textId="0F205D79" w:rsidR="00846B53" w:rsidRPr="00E069CF" w:rsidRDefault="00846B53" w:rsidP="00846B53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E069CF">
@@ -3349,61 +3225,61 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1425B15D" w14:textId="77777777" w:rsidR="00D7179A" w:rsidRPr="00E069CF" w:rsidRDefault="00D7179A" w:rsidP="00846B53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D7179A" w:rsidRPr="00E069CF" w:rsidSect="00930745">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D4270E9" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
+    <w:p w14:paraId="26314FE3" w14:textId="77777777" w:rsidR="002065E6" w:rsidRDefault="002065E6" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B59C8F6" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
+    <w:p w14:paraId="4456D7EE" w14:textId="77777777" w:rsidR="002065E6" w:rsidRDefault="002065E6" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3495,103 +3371,110 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1AEC9A93" w14:textId="1806C719" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00D15466">
+  <w:p w14:paraId="1AEC9A93" w14:textId="3DFE031F" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00D15466">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
     <w:r w:rsidR="00907389">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00FC62D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="00907389">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D6FE6C7" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
+    <w:p w14:paraId="01071905" w14:textId="77777777" w:rsidR="002065E6" w:rsidRDefault="002065E6" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77AF0373" w14:textId="77777777" w:rsidR="005F2C84" w:rsidRDefault="005F2C84" w:rsidP="006132D3">
+    <w:p w14:paraId="20903CDF" w14:textId="77777777" w:rsidR="002065E6" w:rsidRDefault="002065E6" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B4A2262" w14:textId="4E771865" w:rsidR="00B713A5" w:rsidRPr="001A444B" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A444B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
@@ -5771,52 +5654,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1871524155">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1860508875">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="679965337">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1296135509">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1744404151">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
@@ -5834,50 +5716,51 @@
     <w:rsid w:val="000816C6"/>
     <w:rsid w:val="00090F7A"/>
     <w:rsid w:val="00095DFB"/>
     <w:rsid w:val="00095FA4"/>
     <w:rsid w:val="000A1367"/>
     <w:rsid w:val="000A491A"/>
     <w:rsid w:val="000B2645"/>
     <w:rsid w:val="000B624F"/>
     <w:rsid w:val="000B76FF"/>
     <w:rsid w:val="000C2241"/>
     <w:rsid w:val="000D232E"/>
     <w:rsid w:val="000F385A"/>
     <w:rsid w:val="001042EF"/>
     <w:rsid w:val="001057F1"/>
     <w:rsid w:val="00110119"/>
     <w:rsid w:val="001106EF"/>
     <w:rsid w:val="0013319F"/>
     <w:rsid w:val="0013443E"/>
     <w:rsid w:val="00154310"/>
     <w:rsid w:val="001647C9"/>
     <w:rsid w:val="00166F01"/>
     <w:rsid w:val="001761A0"/>
     <w:rsid w:val="0019785D"/>
     <w:rsid w:val="001A444B"/>
     <w:rsid w:val="001F7B45"/>
+    <w:rsid w:val="002065E6"/>
     <w:rsid w:val="00211C1C"/>
     <w:rsid w:val="002157BC"/>
     <w:rsid w:val="002221CA"/>
     <w:rsid w:val="00226640"/>
     <w:rsid w:val="00231465"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="002472E2"/>
     <w:rsid w:val="00272CB8"/>
     <w:rsid w:val="0027468D"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="00290661"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A50A2"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002C2595"/>
     <w:rsid w:val="002D6E33"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002F6627"/>
     <w:rsid w:val="003331DF"/>
     <w:rsid w:val="00371635"/>
     <w:rsid w:val="00387C44"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A61A9"/>
     <w:rsid w:val="003B7FD9"/>
@@ -6050,82 +5933,84 @@
     <w:rsid w:val="00C51C93"/>
     <w:rsid w:val="00C56872"/>
     <w:rsid w:val="00C7468E"/>
     <w:rsid w:val="00C91162"/>
     <w:rsid w:val="00C942C0"/>
     <w:rsid w:val="00CA44E4"/>
     <w:rsid w:val="00CB4256"/>
     <w:rsid w:val="00CB531A"/>
     <w:rsid w:val="00CB62B6"/>
     <w:rsid w:val="00CB75D0"/>
     <w:rsid w:val="00CF1BF6"/>
     <w:rsid w:val="00CF2368"/>
     <w:rsid w:val="00D06FD3"/>
     <w:rsid w:val="00D12A74"/>
     <w:rsid w:val="00D13485"/>
     <w:rsid w:val="00D15466"/>
     <w:rsid w:val="00D65D22"/>
     <w:rsid w:val="00D7179A"/>
     <w:rsid w:val="00D743B0"/>
     <w:rsid w:val="00D7774D"/>
     <w:rsid w:val="00D875B2"/>
     <w:rsid w:val="00D965DA"/>
     <w:rsid w:val="00DA170D"/>
     <w:rsid w:val="00DA6213"/>
     <w:rsid w:val="00DB58DE"/>
+    <w:rsid w:val="00DB5B24"/>
     <w:rsid w:val="00DB6D25"/>
     <w:rsid w:val="00DF75E3"/>
     <w:rsid w:val="00E02547"/>
     <w:rsid w:val="00E04C8B"/>
     <w:rsid w:val="00E069CF"/>
     <w:rsid w:val="00E27D05"/>
     <w:rsid w:val="00E354EC"/>
     <w:rsid w:val="00E425F7"/>
     <w:rsid w:val="00E42BE2"/>
     <w:rsid w:val="00E605BC"/>
     <w:rsid w:val="00E72261"/>
     <w:rsid w:val="00E75BC0"/>
     <w:rsid w:val="00E9293C"/>
     <w:rsid w:val="00E92FEC"/>
     <w:rsid w:val="00E974FB"/>
     <w:rsid w:val="00EB3BB3"/>
     <w:rsid w:val="00EB5DAF"/>
     <w:rsid w:val="00ED0CBD"/>
     <w:rsid w:val="00ED6FA9"/>
     <w:rsid w:val="00F12704"/>
     <w:rsid w:val="00F13C4E"/>
     <w:rsid w:val="00F40111"/>
     <w:rsid w:val="00F41DFB"/>
     <w:rsid w:val="00F54677"/>
     <w:rsid w:val="00F54AF1"/>
     <w:rsid w:val="00F64A5E"/>
     <w:rsid w:val="00F665C7"/>
     <w:rsid w:val="00F83609"/>
     <w:rsid w:val="00F852AC"/>
     <w:rsid w:val="00F9004A"/>
     <w:rsid w:val="00FA3BDE"/>
     <w:rsid w:val="00FC5C89"/>
+    <w:rsid w:val="00FC62D6"/>
     <w:rsid w:val="00FC7099"/>
     <w:rsid w:val="00FD0220"/>
     <w:rsid w:val="00FD4A74"/>
     <w:rsid w:val="00FE06E5"/>
     <w:rsid w:val="00FE578F"/>
     <w:rsid w:val="00FF2FFA"/>
     <w:rsid w:val="00FF4CBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>