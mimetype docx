--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -188,51 +188,51 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/other legal entity</w:t>
       </w:r>
       <w:r w:rsidR="00412519" w:rsidRPr="00C65BC0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="9301" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9301"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00C42F62" w14:paraId="14D77049" w14:textId="77777777" w:rsidTr="00407C19">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="00010643" w14:paraId="14D77049" w14:textId="77777777" w:rsidTr="00407C19">
         <w:trPr>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="420D5735" w14:textId="6E12705B" w:rsidR="00407C19" w:rsidRPr="00412519" w:rsidRDefault="00F86CD3" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of the Private Investor </w:t>
             </w:r>
             <w:r w:rsidRPr="00E40C37">
               <w:rPr>
@@ -441,79 +441,79 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- building / unit No:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="454D9598" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00C42F62" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="00407C19">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="00010643" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="00407C19">
         <w:trPr>
           <w:trHeight w:val="747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F584E06" w14:textId="162A01D6" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of entry in the national court register (KRS):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00C42F62" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="00407C19">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="00010643" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="00407C19">
         <w:trPr>
           <w:trHeight w:val="1398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="786C3B83" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00A00610" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
@@ -689,51 +689,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>First name and surname</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C42F62" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00010643" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="00A45380">
         <w:trPr>
           <w:trHeight w:val="2796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0913AFFA" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address of residence:</w:t>
             </w:r>
           </w:p>
@@ -872,51 +872,51 @@
               </w:rPr>
               <w:t>PESEL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Odwoanieprzypisudolnego"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidR="007F5B3A" w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C42F62" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00010643" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="00A45380">
         <w:trPr>
           <w:trHeight w:val="1398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5261138F" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Contact details:</w:t>
             </w:r>
@@ -3037,59 +3037,81 @@
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5.1 above.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A28E73" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="007906DE" w:rsidP="003D3102">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Other statements</w:t>
-      </w:r>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>statements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="531FB09E" w14:textId="512E3E55" w:rsidR="000F57CA" w:rsidRDefault="000F57CA" w:rsidP="007F5B3A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The information contained in this statement concerning state aid, including </w:t>
       </w:r>
       <w:r w:rsidRPr="000F57CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -4645,51 +4667,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">tatement by the Private Investor being a legal person which is not controlled by Beneficial Owners in the manner indicated in footnote 3 in the Form </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="3021"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C42F62" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00010643" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F322909" w14:textId="3C4EA037" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="007F5B3A" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00DD40FB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>partner</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
@@ -4732,127 +4754,127 @@
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">% of </w:t>
             </w:r>
             <w:r w:rsidR="001C76BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>the Private Investor</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>’s capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C42F62" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00010643" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47BFA1C3" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DAD8F02" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2653F90C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C42F62" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00010643" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="798C282C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10EE0B82" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="173C46E2" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C42F62" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="00010643" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B894E77" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D940452" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4938,77 +4960,77 @@
     </w:p>
     <w:p w14:paraId="31A1AB7F" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00E40C37" w:rsidRDefault="000F197F" w:rsidP="007F5B3A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000F197F" w:rsidRPr="00E40C37" w:rsidSect="00FB3452">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="567" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="055C9F22" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452" w:rsidP="00F8168E">
+    <w:p w14:paraId="56B89491" w14:textId="77777777" w:rsidR="00F34249" w:rsidRDefault="00F34249" w:rsidP="00F8168E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D850551" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452" w:rsidP="00F8168E">
+    <w:p w14:paraId="6530FF93" w14:textId="77777777" w:rsidR="00F34249" w:rsidRDefault="00F34249" w:rsidP="00F8168E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -5059,97 +5081,97 @@
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00412519">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007906DE">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="37323568" w14:textId="79FFE313" w:rsidR="000F197F" w:rsidRDefault="00E008B5">
+  <w:p w14:paraId="37323568" w14:textId="19863166" w:rsidR="000F197F" w:rsidRDefault="00E008B5">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="000153D1">
-      <w:t>9</w:t>
+    <w:r w:rsidR="00A407E7">
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="00292BD8">
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78B39F25" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
+    <w:p w14:paraId="3C5D4283" w14:textId="77777777" w:rsidR="00F34249" w:rsidRDefault="00F34249">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3045CBDA" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
+    <w:p w14:paraId="42085233" w14:textId="77777777" w:rsidR="00F34249" w:rsidRDefault="00F34249">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1A57F49D" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
+    <w:p w14:paraId="249E4EFD" w14:textId="77777777" w:rsidR="00F34249" w:rsidRDefault="00F34249">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3667E4CC" w14:textId="5992849C" w:rsidR="00C65BC0" w:rsidRPr="001C76BE" w:rsidRDefault="00C65BC0" w:rsidP="00C65BC0">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C76BE">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -8836,155 +8858,160 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1923175968">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="960382880">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="84768677">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="111"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F8168E"/>
     <w:rsid w:val="000045AB"/>
+    <w:rsid w:val="00010643"/>
     <w:rsid w:val="000153D1"/>
     <w:rsid w:val="000275DB"/>
     <w:rsid w:val="00082BAA"/>
     <w:rsid w:val="000D5E89"/>
     <w:rsid w:val="000F197F"/>
     <w:rsid w:val="000F4DC6"/>
     <w:rsid w:val="000F57CA"/>
     <w:rsid w:val="00174A60"/>
     <w:rsid w:val="00184A88"/>
     <w:rsid w:val="001933B7"/>
     <w:rsid w:val="001B79F7"/>
     <w:rsid w:val="001C76BE"/>
     <w:rsid w:val="001D0373"/>
     <w:rsid w:val="00292BD8"/>
     <w:rsid w:val="002D6F9D"/>
     <w:rsid w:val="002F7232"/>
     <w:rsid w:val="003039FD"/>
     <w:rsid w:val="00335B38"/>
     <w:rsid w:val="00336AE3"/>
     <w:rsid w:val="00390E6B"/>
     <w:rsid w:val="003B64B0"/>
     <w:rsid w:val="003E6417"/>
     <w:rsid w:val="00407C19"/>
     <w:rsid w:val="00412519"/>
     <w:rsid w:val="0048680A"/>
     <w:rsid w:val="004A0375"/>
     <w:rsid w:val="004F1B4D"/>
     <w:rsid w:val="00542A00"/>
     <w:rsid w:val="005746D4"/>
+    <w:rsid w:val="005831E8"/>
     <w:rsid w:val="0058753F"/>
     <w:rsid w:val="00616F57"/>
     <w:rsid w:val="0063342E"/>
     <w:rsid w:val="00642F9B"/>
     <w:rsid w:val="006519E8"/>
     <w:rsid w:val="006A2F83"/>
     <w:rsid w:val="006C1F30"/>
     <w:rsid w:val="006D0A73"/>
     <w:rsid w:val="006E01BA"/>
     <w:rsid w:val="0073283E"/>
     <w:rsid w:val="00751688"/>
     <w:rsid w:val="007601C4"/>
     <w:rsid w:val="007906DE"/>
     <w:rsid w:val="007B3B60"/>
     <w:rsid w:val="007F5B3A"/>
     <w:rsid w:val="00885E9A"/>
     <w:rsid w:val="008A21D0"/>
     <w:rsid w:val="008B5243"/>
     <w:rsid w:val="008E0923"/>
     <w:rsid w:val="009B090E"/>
     <w:rsid w:val="009B23B8"/>
     <w:rsid w:val="009F174A"/>
     <w:rsid w:val="009F54DB"/>
+    <w:rsid w:val="00A407E7"/>
     <w:rsid w:val="00A60FF4"/>
     <w:rsid w:val="00A6318B"/>
     <w:rsid w:val="00A63287"/>
     <w:rsid w:val="00A7127C"/>
     <w:rsid w:val="00AB16EC"/>
     <w:rsid w:val="00AC2468"/>
     <w:rsid w:val="00B014B3"/>
     <w:rsid w:val="00B7283F"/>
     <w:rsid w:val="00B7401A"/>
     <w:rsid w:val="00BA6F57"/>
     <w:rsid w:val="00BB0E41"/>
     <w:rsid w:val="00BC00F5"/>
     <w:rsid w:val="00BF561D"/>
     <w:rsid w:val="00C42F62"/>
     <w:rsid w:val="00C65BC0"/>
     <w:rsid w:val="00CA4B66"/>
     <w:rsid w:val="00D17D50"/>
     <w:rsid w:val="00D6256E"/>
     <w:rsid w:val="00D83556"/>
     <w:rsid w:val="00D85550"/>
     <w:rsid w:val="00DD40FB"/>
     <w:rsid w:val="00DE4BE0"/>
     <w:rsid w:val="00E008B5"/>
     <w:rsid w:val="00E1448F"/>
     <w:rsid w:val="00E40C37"/>
+    <w:rsid w:val="00F34249"/>
     <w:rsid w:val="00F74E6F"/>
     <w:rsid w:val="00F75F28"/>
     <w:rsid w:val="00F8168E"/>
     <w:rsid w:val="00F86CD3"/>
     <w:rsid w:val="00FB3452"/>
     <w:rsid w:val="00FE422E"/>
     <w:rsid w:val="00FE4EBE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -10149,53 +10176,54 @@
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>11027</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
+  <dc:creator>Adam Łata</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Application">
     <vt:lpwstr>Microsoft Azure Information Protection</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Extended_MSFT_Method">
     <vt:lpwstr>Automatic</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Name">
     <vt:lpwstr>Publiczne</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Owner">
     <vt:lpwstr>mateusz.przysucha@pfrventures.pl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Ref">
     <vt:lpwstr>https://api.informationprotection.azure.com/api/0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>