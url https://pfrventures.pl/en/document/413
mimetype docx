--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -1,41 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="72802DFF" w14:textId="5952766D" w:rsidR="00432F80" w:rsidRDefault="00432F80" w:rsidP="00432F80">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -512,67 +516,51 @@
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Investment profile: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1A8100" w14:textId="3FF9B7FC" w:rsidR="00432F80" w:rsidRPr="00FE4242" w:rsidRDefault="00C66EB6" w:rsidP="00432F80">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        <w:t>) stages of development of the Portfolio Companies and their share (</w:t>
+        <w:t>(i) stages of development of the Portfolio Companies and their share (</w:t>
       </w:r>
       <w:r w:rsidR="0017760C">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>%, value and quantity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-wise</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -928,51 +916,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (Financial Schedule)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1125" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2904"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1419"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00B846C7" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
+      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00B71FDF" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
         <w:trPr>
           <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53CA5B42" w14:textId="77777777" w:rsidR="00432F80" w:rsidRPr="00336964" w:rsidRDefault="00432F80" w:rsidP="00432F80">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4242">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Investment type</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1688,67 +1676,51 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Investment strategy:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611B7448" w14:textId="3902EE39" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>strategy and sources of acquisition of investment projects (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">), including marketing strategy, </w:t>
+        <w:t xml:space="preserve">strategy and sources of acquisition of investment projects (dealflow), including marketing strategy, </w:t>
       </w:r>
       <w:r w:rsidR="00336964">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">as well as </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">promotion and communication plan targeted at the start-up ecosystem (e.g. partnering with the research community, institutions dealing with the commercialisation of technologies) adequate to the investment profile of the </w:t>
       </w:r>
       <w:r w:rsidR="00C66EB6">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>VC Fund</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -2040,67 +2012,51 @@
       <w:r w:rsidRPr="007E4D7E">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571188ED" w14:textId="0055DABC" w:rsidR="006F4F83" w:rsidRPr="007E4D7E" w:rsidRDefault="007E4D7E" w:rsidP="006F4F83">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4D7E">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>presentation of the planned model of making Investments with Co-Investors, including in particular (</w:t>
-[...15 lines deleted...]
-        <w:t>) the process of making investment decisions (including, for example, entries and exits from Investments) and (ii) the legal structure, e.g. through jointly established investment vehicles or other forms of cooperation ensuring the VC Fund's control over the joint Investment in the Company</w:t>
+        <w:t>presentation of the planned model of making Investments with Co-Investors, including in particular (i) the process of making investment decisions (including, for example, entries and exits from Investments) and (ii) the legal structure, e.g. through jointly established investment vehicles or other forms of cooperation ensuring the VC Fund's control over the joint Investment in the Company</w:t>
       </w:r>
       <w:r w:rsidR="006F4F83" w:rsidRPr="007E4D7E">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A7125C5" w14:textId="45D85883" w:rsidR="006F4F83" w:rsidRPr="007E4D7E" w:rsidRDefault="007E4D7E" w:rsidP="006F4F83">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4D7E">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
@@ -3329,81 +3285,56 @@
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00F325B3">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">nvestor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ED495B3" w14:textId="03C5FC2D" w:rsidR="007E4D7E" w:rsidRPr="00730C4A" w:rsidRDefault="007E4D7E" w:rsidP="007E4D7E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Validation</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Validation of cooperation </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00730C4A" w:rsidRPr="00730C4A" w14:paraId="124F965A" w14:textId="77777777" w:rsidTr="00FC7842">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F907DCE" w14:textId="77777777" w:rsidR="00730C4A" w:rsidRPr="00730C4A" w:rsidRDefault="00730C4A" w:rsidP="00FC7842">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65373741" w14:textId="77777777" w:rsidR="00730C4A" w:rsidRPr="00730C4A" w:rsidRDefault="00730C4A" w:rsidP="00FC7842">
@@ -3510,109 +3441,59 @@
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4D7E" w14:paraId="7F24BD42" w14:textId="77777777" w:rsidTr="00FC7842">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41E4DD03" w14:textId="64DB06AD" w:rsidR="007E4D7E" w:rsidRPr="001720F9" w:rsidRDefault="007E4D7E" w:rsidP="007E4D7E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001720F9">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
-              <w:t>[</w:t>
+              <w:t xml:space="preserve">[multiply fields if </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00024D55">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>needed</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001720F9">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03FF95DC" w14:textId="77777777" w:rsidR="007E4D7E" w:rsidRDefault="007E4D7E" w:rsidP="007E4D7E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3622,98 +3503,102 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F2AC90C" w14:textId="77777777" w:rsidR="00730C4A" w:rsidRPr="009D1698" w:rsidRDefault="00730C4A" w:rsidP="00730C4A">
       <w:pPr>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26262816" w14:textId="77777777" w:rsidR="00432F80" w:rsidRPr="00730C4A" w:rsidRDefault="00432F80" w:rsidP="00066D51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00432F80" w:rsidRPr="00730C4A" w:rsidSect="00F77931">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1133" w:bottom="1135" w:left="1134" w:header="567" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6266A960" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931" w:rsidP="00B84A0E">
+    <w:p w14:paraId="51A2C808" w14:textId="77777777" w:rsidR="00270C01" w:rsidRDefault="00270C01" w:rsidP="00B84A0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="282023EF" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931" w:rsidP="00B84A0E">
+    <w:p w14:paraId="033258AF" w14:textId="77777777" w:rsidR="00270C01" w:rsidRDefault="00270C01" w:rsidP="00B84A0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="081222C2" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931">
+    <w:p w14:paraId="14DFF566" w14:textId="77777777" w:rsidR="00270C01" w:rsidRDefault="00270C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3758,50 +3643,60 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2EEF0400" w14:textId="77777777" w:rsidR="008D3E01" w:rsidRDefault="008D3E01">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22A20B2C" w14:textId="17AE1975" w:rsidR="00432F80" w:rsidRPr="00871895" w:rsidRDefault="00C430C2">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00336964">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00336964">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006C4003" w:rsidRPr="00871895">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
@@ -3827,184 +3722,152 @@
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006C4003" w:rsidRPr="00871895">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F2CA0FF" w14:textId="79965577" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
+  <w:p w14:paraId="3F2CA0FF" w14:textId="2C4E0DB6" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00B846C7">
+    <w:r w:rsidR="00B71FDF">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="0090179F">
+    <w:r w:rsidR="008D3E01">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D934CDC" w14:textId="3FB28888" w:rsidR="00432F80" w:rsidRPr="00871895" w:rsidRDefault="00432F80">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E1E7316" w14:textId="77777777" w:rsidR="008D3E01" w:rsidRDefault="008D3E01">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="100185BB" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931" w:rsidP="00432F80">
+    <w:p w14:paraId="2FEE94F7" w14:textId="77777777" w:rsidR="00270C01" w:rsidRDefault="00270C01" w:rsidP="00432F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71471E3A" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931" w:rsidP="00432F80">
+    <w:p w14:paraId="1037A2AB" w14:textId="77777777" w:rsidR="00270C01" w:rsidRDefault="00270C01" w:rsidP="00432F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7AA9134C" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931">
+    <w:p w14:paraId="56760390" w14:textId="77777777" w:rsidR="00270C01" w:rsidRDefault="00270C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="4AA76E38" w14:textId="77777777" w:rsidR="00C66EB6" w:rsidRPr="00540E3A" w:rsidRDefault="00C66EB6" w:rsidP="00C66EB6">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> AI, Big Data, </w:t>
-[...41 lines deleted...]
-        <w:t>, MedTech, SaaS, VR/AR or other, depending on the VC Fund’s profile</w:t>
+        <w:t xml:space="preserve"> AI, Big Data, BioTech, Blockchain, CleanTech, Cybersecurity, E-commerce, EdTech, FinTech, Gaming, IoT/Hardware, Marketplace, MarTech, MedTech, SaaS, VR/AR or other, depending on the VC Fund’s profile</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="2EA96A1B" w14:textId="7123DED5" w:rsidR="009A1B76" w:rsidRPr="00BE3E82" w:rsidRDefault="009A1B76" w:rsidP="009A1B76">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00BE3E82" w:rsidRPr="00BE3E82">
@@ -4033,50 +3896,60 @@
       </w:r>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drawn up in the form of Appendix </w:t>
       </w:r>
       <w:r w:rsidR="009A1B76">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_Financial Schedule.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0885ACCF" w14:textId="77777777" w:rsidR="008D3E01" w:rsidRDefault="008D3E01">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30EA7DAD" w14:textId="4CD4A2EE" w:rsidR="00432F80" w:rsidRDefault="00D47B31" w:rsidP="00432F80">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="147B7515" wp14:editId="15F36908">
           <wp:extent cx="6120765" cy="601345"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:docPr id="6" name="Picture 5">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15DBC737-E260-8563-CB42-DE3F869BCD74}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4100,50 +3973,60 @@
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6120765" cy="601345"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="2EE42AD1" w14:textId="77777777" w:rsidR="00432F80" w:rsidRDefault="00432F80">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="20955AD6" w14:textId="77777777" w:rsidR="008D3E01" w:rsidRDefault="008D3E01">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C9552D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A8B4A204"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -8116,52 +7999,51 @@
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1671373610">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="743262065">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="427039224">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1827087560">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="613824451">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1384258957">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="111"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -8428,50 +8310,51 @@
     <w:rsid w:val="0014274B"/>
     <w:rsid w:val="00143635"/>
     <w:rsid w:val="001449A8"/>
     <w:rsid w:val="0014566A"/>
     <w:rsid w:val="00147A29"/>
     <w:rsid w:val="00147CA1"/>
     <w:rsid w:val="0015010E"/>
     <w:rsid w:val="001501EB"/>
     <w:rsid w:val="001505D8"/>
     <w:rsid w:val="00151A94"/>
     <w:rsid w:val="00151F40"/>
     <w:rsid w:val="00153B7B"/>
     <w:rsid w:val="00154E05"/>
     <w:rsid w:val="001550A1"/>
     <w:rsid w:val="0015726D"/>
     <w:rsid w:val="00157DCE"/>
     <w:rsid w:val="00157F84"/>
     <w:rsid w:val="00161430"/>
     <w:rsid w:val="001626BD"/>
     <w:rsid w:val="00163171"/>
     <w:rsid w:val="00164F5B"/>
     <w:rsid w:val="00165B60"/>
     <w:rsid w:val="00165F23"/>
     <w:rsid w:val="0016676B"/>
     <w:rsid w:val="00166E0D"/>
+    <w:rsid w:val="001674FA"/>
     <w:rsid w:val="001700F1"/>
     <w:rsid w:val="00170435"/>
     <w:rsid w:val="00171B36"/>
     <w:rsid w:val="00172092"/>
     <w:rsid w:val="001726EC"/>
     <w:rsid w:val="00172860"/>
     <w:rsid w:val="00172994"/>
     <w:rsid w:val="00172C94"/>
     <w:rsid w:val="00173105"/>
     <w:rsid w:val="001742CE"/>
     <w:rsid w:val="00175259"/>
     <w:rsid w:val="00175C44"/>
     <w:rsid w:val="00175FDD"/>
     <w:rsid w:val="001764F4"/>
     <w:rsid w:val="00176619"/>
     <w:rsid w:val="00176944"/>
     <w:rsid w:val="001769A5"/>
     <w:rsid w:val="00176EBD"/>
     <w:rsid w:val="0017760C"/>
     <w:rsid w:val="00177DBF"/>
     <w:rsid w:val="00180369"/>
     <w:rsid w:val="00180948"/>
     <w:rsid w:val="00180F16"/>
     <w:rsid w:val="00183A41"/>
     <w:rsid w:val="00183C0B"/>
@@ -8650,50 +8533,51 @@
     <w:rsid w:val="00250F2E"/>
     <w:rsid w:val="00251175"/>
     <w:rsid w:val="00251AB9"/>
     <w:rsid w:val="002535F7"/>
     <w:rsid w:val="00253A76"/>
     <w:rsid w:val="00253D0A"/>
     <w:rsid w:val="002554AE"/>
     <w:rsid w:val="00255E3A"/>
     <w:rsid w:val="0025780B"/>
     <w:rsid w:val="00257BC8"/>
     <w:rsid w:val="00260CC4"/>
     <w:rsid w:val="002624F3"/>
     <w:rsid w:val="00262796"/>
     <w:rsid w:val="00262D6E"/>
     <w:rsid w:val="00263BA9"/>
     <w:rsid w:val="00263F4C"/>
     <w:rsid w:val="00264303"/>
     <w:rsid w:val="002651D1"/>
     <w:rsid w:val="002657A2"/>
     <w:rsid w:val="002662E1"/>
     <w:rsid w:val="002670C0"/>
     <w:rsid w:val="002677CC"/>
     <w:rsid w:val="00267DE9"/>
     <w:rsid w:val="00267EA6"/>
     <w:rsid w:val="00270339"/>
+    <w:rsid w:val="00270C01"/>
     <w:rsid w:val="0027173B"/>
     <w:rsid w:val="00272B6A"/>
     <w:rsid w:val="00273226"/>
     <w:rsid w:val="002733F1"/>
     <w:rsid w:val="00273AED"/>
     <w:rsid w:val="00274288"/>
     <w:rsid w:val="00274691"/>
     <w:rsid w:val="0027474B"/>
     <w:rsid w:val="00274770"/>
     <w:rsid w:val="00276605"/>
     <w:rsid w:val="00280D66"/>
     <w:rsid w:val="00281209"/>
     <w:rsid w:val="00281B9F"/>
     <w:rsid w:val="00282A06"/>
     <w:rsid w:val="002830D7"/>
     <w:rsid w:val="00283302"/>
     <w:rsid w:val="00283F54"/>
     <w:rsid w:val="00284DAC"/>
     <w:rsid w:val="0028548E"/>
     <w:rsid w:val="00285820"/>
     <w:rsid w:val="00285950"/>
     <w:rsid w:val="00286124"/>
     <w:rsid w:val="002862EB"/>
     <w:rsid w:val="002867D1"/>
     <w:rsid w:val="00287DA7"/>
@@ -8766,50 +8650,51 @@
     <w:rsid w:val="002D7353"/>
     <w:rsid w:val="002D756D"/>
     <w:rsid w:val="002E126F"/>
     <w:rsid w:val="002E1501"/>
     <w:rsid w:val="002E27AA"/>
     <w:rsid w:val="002E2BA6"/>
     <w:rsid w:val="002E35F8"/>
     <w:rsid w:val="002E36EB"/>
     <w:rsid w:val="002E3969"/>
     <w:rsid w:val="002E4411"/>
     <w:rsid w:val="002E49B1"/>
     <w:rsid w:val="002E62D7"/>
     <w:rsid w:val="002E6453"/>
     <w:rsid w:val="002E69A4"/>
     <w:rsid w:val="002E7EC3"/>
     <w:rsid w:val="002F0A23"/>
     <w:rsid w:val="002F1A46"/>
     <w:rsid w:val="002F2D78"/>
     <w:rsid w:val="002F2F7E"/>
     <w:rsid w:val="002F352B"/>
     <w:rsid w:val="002F37C1"/>
     <w:rsid w:val="002F41AE"/>
     <w:rsid w:val="002F5A43"/>
     <w:rsid w:val="002F6386"/>
     <w:rsid w:val="002F6627"/>
+    <w:rsid w:val="002F7205"/>
     <w:rsid w:val="002F76EB"/>
     <w:rsid w:val="002F7B37"/>
     <w:rsid w:val="002F7D32"/>
     <w:rsid w:val="003003F9"/>
     <w:rsid w:val="00301743"/>
     <w:rsid w:val="003020E1"/>
     <w:rsid w:val="003028AD"/>
     <w:rsid w:val="00303494"/>
     <w:rsid w:val="0030379C"/>
     <w:rsid w:val="00303C52"/>
     <w:rsid w:val="00304A47"/>
     <w:rsid w:val="00305686"/>
     <w:rsid w:val="00305C89"/>
     <w:rsid w:val="003062F8"/>
     <w:rsid w:val="00306678"/>
     <w:rsid w:val="00306DA7"/>
     <w:rsid w:val="0031095C"/>
     <w:rsid w:val="003119FC"/>
     <w:rsid w:val="00311D42"/>
     <w:rsid w:val="003123B0"/>
     <w:rsid w:val="00312CAB"/>
     <w:rsid w:val="003134E9"/>
     <w:rsid w:val="00313540"/>
     <w:rsid w:val="00314BF2"/>
     <w:rsid w:val="0031513A"/>
@@ -10014,50 +9899,51 @@
     <w:rsid w:val="008B2ECB"/>
     <w:rsid w:val="008B3CBC"/>
     <w:rsid w:val="008B4365"/>
     <w:rsid w:val="008B480D"/>
     <w:rsid w:val="008B5189"/>
     <w:rsid w:val="008B6A2B"/>
     <w:rsid w:val="008B7409"/>
     <w:rsid w:val="008B7AFF"/>
     <w:rsid w:val="008B7DFC"/>
     <w:rsid w:val="008C0D71"/>
     <w:rsid w:val="008C1B16"/>
     <w:rsid w:val="008C1F19"/>
     <w:rsid w:val="008C48CE"/>
     <w:rsid w:val="008C4F6D"/>
     <w:rsid w:val="008C5506"/>
     <w:rsid w:val="008C5C88"/>
     <w:rsid w:val="008C7EB2"/>
     <w:rsid w:val="008D0426"/>
     <w:rsid w:val="008D0C21"/>
     <w:rsid w:val="008D0D5D"/>
     <w:rsid w:val="008D12B3"/>
     <w:rsid w:val="008D180E"/>
     <w:rsid w:val="008D1C0F"/>
     <w:rsid w:val="008D250A"/>
     <w:rsid w:val="008D34EA"/>
+    <w:rsid w:val="008D3E01"/>
     <w:rsid w:val="008D47BA"/>
     <w:rsid w:val="008D51CA"/>
     <w:rsid w:val="008D59B0"/>
     <w:rsid w:val="008D645C"/>
     <w:rsid w:val="008D6634"/>
     <w:rsid w:val="008D6DF2"/>
     <w:rsid w:val="008D70A2"/>
     <w:rsid w:val="008E036E"/>
     <w:rsid w:val="008E0388"/>
     <w:rsid w:val="008E06B1"/>
     <w:rsid w:val="008E07B1"/>
     <w:rsid w:val="008E1DC0"/>
     <w:rsid w:val="008E3031"/>
     <w:rsid w:val="008E3217"/>
     <w:rsid w:val="008E3794"/>
     <w:rsid w:val="008E3B37"/>
     <w:rsid w:val="008E4674"/>
     <w:rsid w:val="008E4918"/>
     <w:rsid w:val="008E4AD2"/>
     <w:rsid w:val="008E4D26"/>
     <w:rsid w:val="008E4F29"/>
     <w:rsid w:val="008E5720"/>
     <w:rsid w:val="008E5F6E"/>
     <w:rsid w:val="008E6639"/>
     <w:rsid w:val="008E70FE"/>
@@ -10128,50 +10014,51 @@
     <w:rsid w:val="00922DF5"/>
     <w:rsid w:val="00923F71"/>
     <w:rsid w:val="00924147"/>
     <w:rsid w:val="00924FFE"/>
     <w:rsid w:val="0092558A"/>
     <w:rsid w:val="009267D5"/>
     <w:rsid w:val="00926BAF"/>
     <w:rsid w:val="009273DA"/>
     <w:rsid w:val="009277E5"/>
     <w:rsid w:val="00927EE1"/>
     <w:rsid w:val="00930324"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="00932099"/>
     <w:rsid w:val="009323E2"/>
     <w:rsid w:val="009328C5"/>
     <w:rsid w:val="00933EB2"/>
     <w:rsid w:val="009353CE"/>
     <w:rsid w:val="009354C7"/>
     <w:rsid w:val="009365BC"/>
     <w:rsid w:val="00936953"/>
     <w:rsid w:val="00937F75"/>
     <w:rsid w:val="009419E7"/>
     <w:rsid w:val="00942DCC"/>
     <w:rsid w:val="00942ED7"/>
     <w:rsid w:val="0094570A"/>
+    <w:rsid w:val="009461EA"/>
     <w:rsid w:val="009465ED"/>
     <w:rsid w:val="00946745"/>
     <w:rsid w:val="009468ED"/>
     <w:rsid w:val="00947AF2"/>
     <w:rsid w:val="00947C43"/>
     <w:rsid w:val="00947EB3"/>
     <w:rsid w:val="00950791"/>
     <w:rsid w:val="009516BA"/>
     <w:rsid w:val="00951830"/>
     <w:rsid w:val="0095232C"/>
     <w:rsid w:val="009526CF"/>
     <w:rsid w:val="009529C4"/>
     <w:rsid w:val="00952A20"/>
     <w:rsid w:val="00953B85"/>
     <w:rsid w:val="009541D6"/>
     <w:rsid w:val="00954AC6"/>
     <w:rsid w:val="00954F39"/>
     <w:rsid w:val="00955B81"/>
     <w:rsid w:val="00955CA7"/>
     <w:rsid w:val="0095617E"/>
     <w:rsid w:val="00957243"/>
     <w:rsid w:val="00957C70"/>
     <w:rsid w:val="009606BE"/>
     <w:rsid w:val="00960A37"/>
     <w:rsid w:val="00961B18"/>
@@ -10564,50 +10451,51 @@
     <w:rsid w:val="00B47F08"/>
     <w:rsid w:val="00B509B5"/>
     <w:rsid w:val="00B50A24"/>
     <w:rsid w:val="00B52DC5"/>
     <w:rsid w:val="00B53019"/>
     <w:rsid w:val="00B53380"/>
     <w:rsid w:val="00B53459"/>
     <w:rsid w:val="00B53E38"/>
     <w:rsid w:val="00B546B0"/>
     <w:rsid w:val="00B56CAF"/>
     <w:rsid w:val="00B6073A"/>
     <w:rsid w:val="00B60DA2"/>
     <w:rsid w:val="00B60FB7"/>
     <w:rsid w:val="00B61E3B"/>
     <w:rsid w:val="00B61F49"/>
     <w:rsid w:val="00B622DE"/>
     <w:rsid w:val="00B623AB"/>
     <w:rsid w:val="00B631CA"/>
     <w:rsid w:val="00B6551E"/>
     <w:rsid w:val="00B65B59"/>
     <w:rsid w:val="00B66FE2"/>
     <w:rsid w:val="00B678E7"/>
     <w:rsid w:val="00B67BD5"/>
     <w:rsid w:val="00B712B8"/>
     <w:rsid w:val="00B7175E"/>
+    <w:rsid w:val="00B71FDF"/>
     <w:rsid w:val="00B72ABE"/>
     <w:rsid w:val="00B7354F"/>
     <w:rsid w:val="00B73787"/>
     <w:rsid w:val="00B8174D"/>
     <w:rsid w:val="00B81C46"/>
     <w:rsid w:val="00B821DA"/>
     <w:rsid w:val="00B83DC3"/>
     <w:rsid w:val="00B83FB5"/>
     <w:rsid w:val="00B846C7"/>
     <w:rsid w:val="00B84A0E"/>
     <w:rsid w:val="00B8513D"/>
     <w:rsid w:val="00B86498"/>
     <w:rsid w:val="00B87E23"/>
     <w:rsid w:val="00B87F8E"/>
     <w:rsid w:val="00B908CD"/>
     <w:rsid w:val="00B90E15"/>
     <w:rsid w:val="00B92689"/>
     <w:rsid w:val="00B93EED"/>
     <w:rsid w:val="00B9469F"/>
     <w:rsid w:val="00B94B9E"/>
     <w:rsid w:val="00B95BCD"/>
     <w:rsid w:val="00BA1429"/>
     <w:rsid w:val="00BA1C70"/>
     <w:rsid w:val="00BA2354"/>
     <w:rsid w:val="00BA24FF"/>
@@ -12146,50 +12034,51 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek9Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004219EE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
@@ -15204,58 +15093,58 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1655186353">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="180"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -15577,51 +15466,51 @@
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>8838</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
+  <dc:creator>Adam Łata</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Application">
     <vt:lpwstr>Microsoft Azure Information Protection</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Extended_MSFT_Method">
     <vt:lpwstr>Automatic</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Name">
     <vt:lpwstr>Publiczne</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Owner">
     <vt:lpwstr>jaroslaw.wieckowski@pfrventures.pl</vt:lpwstr>
   </property>