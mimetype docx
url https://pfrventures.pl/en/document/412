--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -958,87 +958,51 @@
         </w:rPr>
         <w:t>Open Innovations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will obtain additional information about me and, at any time, transfer information about me obtained in connection with the Tender to entities forming part of the corporate group to which PFR Ventures and/or PFR </w:t>
       </w:r>
       <w:r w:rsidR="000D304A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Open Innovations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> belong, as well as to Bank </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
+        <w:t xml:space="preserve"> belong, as well as to Bank Gospodarstwa Krajowego and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7956D2D1" w14:textId="26606B0E" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2171,77 +2135,77 @@
     </w:p>
     <w:p w14:paraId="210500C9" w14:textId="16376456" w:rsidR="00ED6FA9" w:rsidRPr="00987151" w:rsidRDefault="00ED6FA9" w:rsidP="00987151">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED6FA9" w:rsidRPr="00987151" w:rsidSect="00842B7E">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0551D11D" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
+    <w:p w14:paraId="7A7BC953" w14:textId="77777777" w:rsidR="009E4D37" w:rsidRDefault="009E4D37" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D3746BF" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
+    <w:p w14:paraId="40236F15" w14:textId="77777777" w:rsidR="009E4D37" w:rsidRDefault="009E4D37" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2317,103 +2281,103 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1AEC9A93" w14:textId="05B9A67D" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00867136">
+  <w:p w14:paraId="1AEC9A93" w14:textId="346E6F50" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00867136">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00E34590">
+    <w:r w:rsidR="00677394">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00216166">
+    <w:r w:rsidR="001C3631">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35D013FA" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
+    <w:p w14:paraId="6A356F94" w14:textId="77777777" w:rsidR="009E4D37" w:rsidRDefault="009E4D37" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E518FF8" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
+    <w:p w14:paraId="5646CA82" w14:textId="77777777" w:rsidR="009E4D37" w:rsidRDefault="009E4D37" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B4A2262" w14:textId="1CA6C8B4" w:rsidR="00B713A5" w:rsidRPr="00C13AAC" w:rsidRDefault="00B713A5" w:rsidP="006F6973">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
@@ -4195,100 +4159,100 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1274897230">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="97874962">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="481389532">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1026516801">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="111"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
     <w:rsid w:val="00006C70"/>
     <w:rsid w:val="000121BC"/>
     <w:rsid w:val="0003566D"/>
     <w:rsid w:val="00055A78"/>
     <w:rsid w:val="0005632C"/>
     <w:rsid w:val="000565B3"/>
     <w:rsid w:val="00057311"/>
     <w:rsid w:val="00061E99"/>
     <w:rsid w:val="00076A4D"/>
     <w:rsid w:val="00090F7A"/>
     <w:rsid w:val="000911B1"/>
     <w:rsid w:val="000A1367"/>
     <w:rsid w:val="000B2645"/>
     <w:rsid w:val="000C3670"/>
     <w:rsid w:val="000D232E"/>
     <w:rsid w:val="000D304A"/>
     <w:rsid w:val="000E5EA1"/>
     <w:rsid w:val="00103CED"/>
     <w:rsid w:val="00124F33"/>
     <w:rsid w:val="0013319F"/>
     <w:rsid w:val="00154310"/>
     <w:rsid w:val="00166F01"/>
     <w:rsid w:val="001761A0"/>
     <w:rsid w:val="00190CE6"/>
+    <w:rsid w:val="001C3631"/>
     <w:rsid w:val="001C633B"/>
     <w:rsid w:val="001C79EB"/>
     <w:rsid w:val="001D0055"/>
     <w:rsid w:val="001D0F09"/>
     <w:rsid w:val="001F7B45"/>
     <w:rsid w:val="002157BC"/>
     <w:rsid w:val="00216166"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="00263538"/>
     <w:rsid w:val="00272CB8"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="00286A51"/>
     <w:rsid w:val="00297619"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002D05F0"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002E6A1B"/>
     <w:rsid w:val="002F6627"/>
     <w:rsid w:val="003331DF"/>
     <w:rsid w:val="00357307"/>
     <w:rsid w:val="00371635"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A61A9"/>
@@ -4308,125 +4272,130 @@
     <w:rsid w:val="00460C1F"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="004A3BBA"/>
     <w:rsid w:val="004A648F"/>
     <w:rsid w:val="004B5581"/>
     <w:rsid w:val="004B7063"/>
     <w:rsid w:val="004D14C1"/>
     <w:rsid w:val="004D1946"/>
     <w:rsid w:val="004D4B23"/>
     <w:rsid w:val="004F0D3C"/>
     <w:rsid w:val="004F79DC"/>
     <w:rsid w:val="00501CC0"/>
     <w:rsid w:val="005064D4"/>
     <w:rsid w:val="00523C4D"/>
     <w:rsid w:val="0052430F"/>
     <w:rsid w:val="005244B9"/>
     <w:rsid w:val="00535AB6"/>
     <w:rsid w:val="00554F54"/>
     <w:rsid w:val="00572A39"/>
     <w:rsid w:val="0057660B"/>
     <w:rsid w:val="00581E0A"/>
     <w:rsid w:val="00591665"/>
     <w:rsid w:val="00594466"/>
+    <w:rsid w:val="00597C37"/>
     <w:rsid w:val="005D3E2B"/>
     <w:rsid w:val="005E4653"/>
     <w:rsid w:val="00605E4C"/>
     <w:rsid w:val="00612D77"/>
     <w:rsid w:val="006132D3"/>
     <w:rsid w:val="0062013A"/>
     <w:rsid w:val="00621F0D"/>
     <w:rsid w:val="00647E73"/>
     <w:rsid w:val="0065299D"/>
     <w:rsid w:val="00656C5F"/>
     <w:rsid w:val="00667E68"/>
     <w:rsid w:val="006754C8"/>
+    <w:rsid w:val="00677394"/>
     <w:rsid w:val="006848E6"/>
     <w:rsid w:val="00684C1B"/>
     <w:rsid w:val="00694948"/>
     <w:rsid w:val="006A188B"/>
+    <w:rsid w:val="006D3EF7"/>
     <w:rsid w:val="006D5996"/>
     <w:rsid w:val="006E00AF"/>
     <w:rsid w:val="006E2994"/>
     <w:rsid w:val="006F6973"/>
     <w:rsid w:val="00702D64"/>
     <w:rsid w:val="00704EFA"/>
     <w:rsid w:val="007064E1"/>
     <w:rsid w:val="00713D55"/>
     <w:rsid w:val="007152DB"/>
     <w:rsid w:val="0073672F"/>
     <w:rsid w:val="00741613"/>
     <w:rsid w:val="00755889"/>
     <w:rsid w:val="00764264"/>
     <w:rsid w:val="007E0467"/>
     <w:rsid w:val="007E2F7E"/>
     <w:rsid w:val="00805235"/>
     <w:rsid w:val="008062AD"/>
     <w:rsid w:val="00820A74"/>
     <w:rsid w:val="008212C5"/>
     <w:rsid w:val="00827452"/>
     <w:rsid w:val="0083514D"/>
     <w:rsid w:val="00841414"/>
     <w:rsid w:val="00842B7E"/>
     <w:rsid w:val="008535B5"/>
     <w:rsid w:val="00853A6D"/>
     <w:rsid w:val="008631FC"/>
     <w:rsid w:val="00867136"/>
     <w:rsid w:val="00886AC3"/>
     <w:rsid w:val="008A3B3A"/>
     <w:rsid w:val="008B16B6"/>
     <w:rsid w:val="008B25C1"/>
     <w:rsid w:val="008C2C1D"/>
     <w:rsid w:val="008D02D9"/>
     <w:rsid w:val="008E6BDB"/>
     <w:rsid w:val="008F3541"/>
     <w:rsid w:val="0090236B"/>
     <w:rsid w:val="00911184"/>
     <w:rsid w:val="00934AFC"/>
     <w:rsid w:val="0093734D"/>
     <w:rsid w:val="00946961"/>
     <w:rsid w:val="009675D6"/>
     <w:rsid w:val="009710CB"/>
     <w:rsid w:val="0097677F"/>
     <w:rsid w:val="00984C9B"/>
     <w:rsid w:val="009859F1"/>
     <w:rsid w:val="00987151"/>
     <w:rsid w:val="00996390"/>
     <w:rsid w:val="00997D0F"/>
     <w:rsid w:val="009A2CF3"/>
     <w:rsid w:val="009E0684"/>
+    <w:rsid w:val="009E4D37"/>
     <w:rsid w:val="00A17510"/>
     <w:rsid w:val="00A375A7"/>
     <w:rsid w:val="00A41588"/>
     <w:rsid w:val="00A54301"/>
     <w:rsid w:val="00A57EEA"/>
     <w:rsid w:val="00A74055"/>
     <w:rsid w:val="00A87D86"/>
     <w:rsid w:val="00A90474"/>
     <w:rsid w:val="00AA290D"/>
+    <w:rsid w:val="00AA3A9D"/>
     <w:rsid w:val="00AB5089"/>
     <w:rsid w:val="00AB744A"/>
     <w:rsid w:val="00AC7778"/>
     <w:rsid w:val="00AE4FB3"/>
     <w:rsid w:val="00AE65B4"/>
     <w:rsid w:val="00AF1713"/>
     <w:rsid w:val="00B1283A"/>
     <w:rsid w:val="00B31CBF"/>
     <w:rsid w:val="00B378CC"/>
     <w:rsid w:val="00B56C0A"/>
     <w:rsid w:val="00B713A5"/>
     <w:rsid w:val="00B71777"/>
     <w:rsid w:val="00B859AC"/>
     <w:rsid w:val="00B90B56"/>
     <w:rsid w:val="00B90FF4"/>
     <w:rsid w:val="00BA4149"/>
     <w:rsid w:val="00BB3F75"/>
     <w:rsid w:val="00BB74BF"/>
     <w:rsid w:val="00BB767D"/>
     <w:rsid w:val="00BC1BD6"/>
     <w:rsid w:val="00BC6CEE"/>
     <w:rsid w:val="00BD5423"/>
     <w:rsid w:val="00BD6D26"/>
     <w:rsid w:val="00BD7BE8"/>
     <w:rsid w:val="00C02FA6"/>