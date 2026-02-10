--- v0 (2025-10-10)
+++ v1 (2026-02-10)
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (Financial Schedule)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1125" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2904"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1419"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00743741" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
+      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00517C0D" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
         <w:trPr>
           <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53CA5B42" w14:textId="77777777" w:rsidR="00432F80" w:rsidRPr="00336964" w:rsidRDefault="00432F80" w:rsidP="00432F80">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4242">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Investment type</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4104,51 +4104,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AB14833" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="4294615E" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="4294615E" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4668" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C356ED6" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -4194,51 +4194,51 @@
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0093D664" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842EE5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Activity in Business Angel Networks (if so, specify which ones)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="403977E5" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="403977E5" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4668" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51681EFA" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4318,87 +4318,87 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14165" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1BF39CC2" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="28487E74" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="28487E74" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14165" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5DFC0494" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842EE5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Form of investment activity (e.g. individual, as a natural person or through own investment vehicle)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="1817C06C" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="1817C06C" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14165" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0027F612" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4802,51 +4802,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="337E5EC8" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidDel="00926F6F" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="49717C41" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="49717C41" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="305E12F9" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidDel="00926F6F" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4855,51 +4855,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="240AB293" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidDel="00926F6F" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842EE5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Role and description of the Business Angel's activities with respect to creating the value of the project, including acting as the Lead Business Angel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="12A8BB43" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="12A8BB43" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21B8B510" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidDel="00926F6F" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4976,51 +4976,51 @@
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00842EE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Business Angel’s declaration of intent on cooperation </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="4E8A5542" w14:textId="77777777" w:rsidTr="0095617B">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="4E8A5542" w14:textId="77777777" w:rsidTr="0095617B">
         <w:trPr>
           <w:trHeight w:val="2640"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7522C373" w14:textId="77777777" w:rsidR="005D39B7" w:rsidRDefault="005D39B7" w:rsidP="005D39B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D3B92F0" w14:textId="77777777" w:rsidR="005D39B7" w:rsidRPr="00842EE5" w:rsidRDefault="005D39B7" w:rsidP="005D39B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -5891,91 +5891,91 @@
         <w:t>Template of the Summary</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="12758" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="530"/>
         <w:gridCol w:w="1012"/>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="1036"/>
         <w:gridCol w:w="1112"/>
         <w:gridCol w:w="1240"/>
         <w:gridCol w:w="1206"/>
         <w:gridCol w:w="1717"/>
         <w:gridCol w:w="1325"/>
         <w:gridCol w:w="1326"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="46BFFFE0" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="46BFFFE0" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12758" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D0BBF8A" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="354"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842EE5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Summary of profiles and investment activities of Business Angels listed in the Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842EE5" w:rsidRPr="00743741" w14:paraId="36AC06BB" w14:textId="77777777" w:rsidTr="00842EE5">
+      <w:tr w:rsidR="00842EE5" w:rsidRPr="00517C0D" w14:paraId="36AC06BB" w14:textId="77777777" w:rsidTr="00842EE5">
         <w:trPr>
           <w:trHeight w:val="2046"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EC82032" w14:textId="77777777" w:rsidR="00842EE5" w:rsidRPr="00842EE5" w:rsidRDefault="00842EE5" w:rsidP="00842EE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -7683,51 +7683,51 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="24002DC4" w14:textId="77777777" w:rsidR="00575F38" w:rsidRDefault="00575F38" w:rsidP="00B84A0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="33A53F49" w14:textId="77777777" w:rsidR="00575F38" w:rsidRDefault="00575F38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -7738,51 +7738,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
@@ -7848,80 +7847,80 @@
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006C4003" w:rsidRPr="00871895">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="004A0DFB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F2CA0FF" w14:textId="4A5C836E" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
+  <w:p w14:paraId="3F2CA0FF" w14:textId="563DF0B9" w:rsidR="00871895" w:rsidRPr="001179D4" w:rsidRDefault="00871895" w:rsidP="00871895">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00743741">
+    <w:r w:rsidR="00517C0D">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="001179D4">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="009472DC">
+    <w:r w:rsidR="00517C0D">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D934CDC" w14:textId="3FB28888" w:rsidR="00432F80" w:rsidRPr="00871895" w:rsidRDefault="00432F80">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="302E00D4" w14:textId="77777777" w:rsidR="00575F38" w:rsidRDefault="00575F38" w:rsidP="00432F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
@@ -8005,59 +8004,72 @@
         </w:rPr>
         <w:t>, MedTech, SaaS, VR/AR or other, depending on the VC Fund’s profile</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="2EA96A1B" w14:textId="77777777" w:rsidR="009A1B76" w:rsidRPr="009378BC" w:rsidRDefault="009A1B76" w:rsidP="009A1B76">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00517C0D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="001179D4">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="483D6EFD" w14:textId="28411407" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drawn up in the form of Appendix </w:t>
       </w:r>
       <w:r w:rsidR="009A1B76">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -12511,51 +12523,51 @@
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1827087560">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="613824451">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1384258957">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1869560097">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1868837108">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1458641734">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -13614,50 +13626,51 @@
     <w:rsid w:val="00500837"/>
     <w:rsid w:val="00500A87"/>
     <w:rsid w:val="00500B78"/>
     <w:rsid w:val="0050192A"/>
     <w:rsid w:val="00501EBB"/>
     <w:rsid w:val="00504316"/>
     <w:rsid w:val="00504D7A"/>
     <w:rsid w:val="00507000"/>
     <w:rsid w:val="00507091"/>
     <w:rsid w:val="0050765B"/>
     <w:rsid w:val="00507781"/>
     <w:rsid w:val="00507CB4"/>
     <w:rsid w:val="005108C8"/>
     <w:rsid w:val="00511111"/>
     <w:rsid w:val="005127C5"/>
     <w:rsid w:val="00512A48"/>
     <w:rsid w:val="0051495B"/>
     <w:rsid w:val="00514BD5"/>
     <w:rsid w:val="00514C02"/>
     <w:rsid w:val="00515707"/>
     <w:rsid w:val="00515742"/>
     <w:rsid w:val="00515D4C"/>
     <w:rsid w:val="005164E3"/>
     <w:rsid w:val="00516E22"/>
     <w:rsid w:val="00517943"/>
+    <w:rsid w:val="00517C0D"/>
     <w:rsid w:val="00520385"/>
     <w:rsid w:val="005205F7"/>
     <w:rsid w:val="005207BD"/>
     <w:rsid w:val="00520867"/>
     <w:rsid w:val="00520B8C"/>
     <w:rsid w:val="0052273F"/>
     <w:rsid w:val="005259C5"/>
     <w:rsid w:val="00525D31"/>
     <w:rsid w:val="00525D84"/>
     <w:rsid w:val="005261AC"/>
     <w:rsid w:val="005273B5"/>
     <w:rsid w:val="005273C5"/>
     <w:rsid w:val="005279DB"/>
     <w:rsid w:val="00527C04"/>
     <w:rsid w:val="00530403"/>
     <w:rsid w:val="00531238"/>
     <w:rsid w:val="0053158B"/>
     <w:rsid w:val="005327DD"/>
     <w:rsid w:val="005336BF"/>
     <w:rsid w:val="00533B29"/>
     <w:rsid w:val="00533CD5"/>
     <w:rsid w:val="00534F88"/>
     <w:rsid w:val="005352D2"/>
     <w:rsid w:val="00535653"/>
     <w:rsid w:val="00535FB6"/>
@@ -15412,50 +15425,51 @@
     <w:rsid w:val="00D81FBA"/>
     <w:rsid w:val="00D82B49"/>
     <w:rsid w:val="00D834B8"/>
     <w:rsid w:val="00D837F8"/>
     <w:rsid w:val="00D83D37"/>
     <w:rsid w:val="00D83FBA"/>
     <w:rsid w:val="00D8469A"/>
     <w:rsid w:val="00D863F0"/>
     <w:rsid w:val="00D86D80"/>
     <w:rsid w:val="00D90BB4"/>
     <w:rsid w:val="00D90EF7"/>
     <w:rsid w:val="00D91650"/>
     <w:rsid w:val="00D917BB"/>
     <w:rsid w:val="00D92253"/>
     <w:rsid w:val="00D93357"/>
     <w:rsid w:val="00D9486D"/>
     <w:rsid w:val="00D94F51"/>
     <w:rsid w:val="00D951C3"/>
     <w:rsid w:val="00D95B03"/>
     <w:rsid w:val="00D95D9B"/>
     <w:rsid w:val="00D9642C"/>
     <w:rsid w:val="00D9686C"/>
     <w:rsid w:val="00D96CCB"/>
     <w:rsid w:val="00DA0EA1"/>
     <w:rsid w:val="00DA117C"/>
+    <w:rsid w:val="00DA2D20"/>
     <w:rsid w:val="00DA3A0E"/>
     <w:rsid w:val="00DA3B1C"/>
     <w:rsid w:val="00DA3F39"/>
     <w:rsid w:val="00DA448F"/>
     <w:rsid w:val="00DB0736"/>
     <w:rsid w:val="00DB10C7"/>
     <w:rsid w:val="00DB12B3"/>
     <w:rsid w:val="00DB1596"/>
     <w:rsid w:val="00DB1704"/>
     <w:rsid w:val="00DB2545"/>
     <w:rsid w:val="00DB2EC3"/>
     <w:rsid w:val="00DB3F51"/>
     <w:rsid w:val="00DB4ED1"/>
     <w:rsid w:val="00DB656C"/>
     <w:rsid w:val="00DB7573"/>
     <w:rsid w:val="00DC01FF"/>
     <w:rsid w:val="00DC03C8"/>
     <w:rsid w:val="00DC09ED"/>
     <w:rsid w:val="00DC1319"/>
     <w:rsid w:val="00DC1388"/>
     <w:rsid w:val="00DC14D8"/>
     <w:rsid w:val="00DC15BB"/>
     <w:rsid w:val="00DC19A1"/>
     <w:rsid w:val="00DC1FF1"/>
     <w:rsid w:val="00DC2543"/>
@@ -19629,54 +19643,50 @@
         <w:div w:id="1655186353">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="180"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -19959,82 +19969,82 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A72D31E8-9B46-4A5C-8C4D-4292CC043EF6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6a7e4972-a3b7-4d51-a933-10309688c2b7}" enabled="1" method="Privileged" siteId="{0d2b6bbb-a69c-41e8-9ef1-c035572bd00e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2501</Words>
-  <Characters>13234</Characters>
+  <Words>2247</Words>
+  <Characters>13488</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>348</Lines>
-  <Paragraphs>148</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15587</CharactersWithSpaces>
+  <CharactersWithSpaces>15704</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Autor</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Application">
     <vt:lpwstr>Microsoft Azure Information Protection</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>