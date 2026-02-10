--- v0 (2025-10-10)
+++ v1 (2026-02-10)
@@ -332,77 +332,98 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- postcode:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D7B3658" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006132D3" w:rsidRPr="00460C1F" w14:paraId="44DD265A" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1B4B3F" w14:textId="7E09A231" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="001356C6" w:rsidP="00396A4C">
+          <w:p w14:paraId="1F1B4B3F" w14:textId="0097311F" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="001356C6" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PESEL</w:t>
             </w:r>
+            <w:r w:rsidR="002361E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002361E4">
+              <w:rPr>
+                <w:rStyle w:val="Odwoanieprzypisudolnego"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
             <w:r w:rsidR="006132D3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> number:</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75226DD9" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006132D3" w:rsidRPr="00460C1F" w14:paraId="49E3BE7D" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="731522BC" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -585,51 +606,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have been indicated by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….…………………..…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
+        <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Tenderer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -781,60 +802,60 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the period of carrying out the Project and following the signing of the Investment Agreement by the Tenderer, I will not hold, without the prior consent from PFR </w:t>
       </w:r>
       <w:r w:rsidR="000551B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, any management, supervisory, advisory or other key positions in entities other than the VC Fund, the Managing </w:t>
+        <w:t xml:space="preserve">, any management, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Entity and/or a Portfolio Company being the investee as part of the VC Fund's Investment, the holding of which will involve a conflict of interest with the VC Fund's activities, with this fact to be each time verified by PFR </w:t>
+        <w:t xml:space="preserve">supervisory, advisory or other key positions in entities other than the VC Fund, the Managing Entity and/or a Portfolio Company being the investee as part of the VC Fund's Investment, the holding of which will involve a conflict of interest with the VC Fund's activities, with this fact to be each time verified by PFR </w:t>
       </w:r>
       <w:r w:rsidR="000551B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r w:rsidR="00B7417E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A53877A" w14:textId="77777777" w:rsidR="00B7417E" w:rsidRPr="005664B6" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -864,51 +885,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….…………………..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> programme as part of PFR Ventures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53628766" w14:textId="7F206F1C" w:rsidR="006132D3" w:rsidRPr="00B378CC" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
@@ -1013,51 +1034,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Status and authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5508834C" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vanish/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58C42A64" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
@@ -1150,117 +1171,117 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">B) For the purposes of the commitment to make a private contribution to the VC Fund as part of the declared contribution of the Managing Entity and save for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>……...……………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
+        <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, I am not required to obtain any consent, approval, notice or registration by any public or local administration body or any other authority and/or third party (including under any contract or agreement)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
+        <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C17BD8B" w14:textId="6014EB9D" w:rsidR="006132D3" w:rsidRDefault="009859F1" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="578"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I am/am not married</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C125A79" w14:textId="1B513838" w:rsidR="009859F1" w:rsidRPr="008E6BDB" w:rsidRDefault="009859F1" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="578"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -1279,91 +1300,92 @@
       <w:r w:rsidR="00DB383A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> am </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>not subject to statutory joint marital property regime</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
+        <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201361D9" w14:textId="21F6E66A" w:rsidR="006132D3" w:rsidRPr="001C633B" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Private </w:t>
       </w:r>
       <w:r w:rsidR="00DB383A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">capital </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>contribution</w:t>
       </w:r>
       <w:r>
@@ -1390,51 +1412,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>contribution of the Managing Entity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
+        <w:footnoteReference w:id="10"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1246FE3D" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vanish/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78D99E80" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
@@ -1493,78 +1515,78 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> contribution of the Managing Entity in the amount of PLN </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….………..…………..…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="10"/>
+        <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. I represent that I have necessary resources sufficient to finance the said contribution in connection with the Tender submitted by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….……….……………..…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="11"/>
+        <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116D1E0D" w14:textId="53D992D8" w:rsidR="006132D3" w:rsidRPr="009859F1" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -1966,50 +1988,51 @@
     <w:p w14:paraId="2E4E7D7A" w14:textId="52DDD1F3" w:rsidR="00501CC0" w:rsidRDefault="00501CC0" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Any terms not defined herein shall have the meaning assigned to them in the </w:t>
       </w:r>
       <w:r w:rsidR="009E1962">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Call Rules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E52B634" w14:textId="0343F730" w:rsidR="00EA4B52" w:rsidRPr="00EA4B52" w:rsidRDefault="00EA4B52" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -2237,51 +2260,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7D3746BF" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2357,98 +2380,91 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1AEC9A93" w14:textId="02EB4B35" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00FC6D7F">
+  <w:p w14:paraId="1AEC9A93" w14:textId="2FB5CE4C" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00FC6D7F">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Call</w:t>
     </w:r>
     <w:r w:rsidR="00867136">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> No. </w:t>
     </w:r>
-    <w:r w:rsidR="00B7417E">
+    <w:r w:rsidR="004B19F6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidR="0015602B">
+    <w:r w:rsidR="00867136">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00867136">
+    <w:r w:rsidR="004B19F6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>/202</w:t>
-[...6 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="35D013FA" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7E518FF8" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -2466,333 +2482,372 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> To be completed by the Operating Team member. The statement should be completed and signed separately by each of the persons forming part of the Operating Team.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
+    <w:p w14:paraId="7020BB6A" w14:textId="77777777" w:rsidR="002361E4" w:rsidRPr="002361E4" w:rsidRDefault="002361E4" w:rsidP="002361E4">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisudolnego"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A49CA">
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisudolnego"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005A49CA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002361E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>For those who do not have a PESEL number, the date of birth must be provided.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
     <w:p w14:paraId="3615C4B9" w14:textId="261A97F4" w:rsidR="00B713A5" w:rsidRPr="00166F01" w:rsidRDefault="00B713A5" w:rsidP="00BD6D26">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Enter the name of the Tenderer here</w:t>
       </w:r>
       <w:r w:rsidR="001A31FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="3">
+  <w:footnote w:id="4">
     <w:p w14:paraId="1E211B84" w14:textId="2C50B689" w:rsidR="008A3B3A" w:rsidRPr="008C2C1D" w:rsidRDefault="008A3B3A" w:rsidP="008A3B3A">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
+  <w:footnote w:id="5">
     <w:p w14:paraId="5BF7B06E" w14:textId="3BA5A0F0" w:rsidR="008A3B3A" w:rsidRPr="008C2C1D" w:rsidRDefault="008A3B3A" w:rsidP="006F6973">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Not applicable if the Operating Team member does not make a contribution as part of the Managing Entity. In such a case, the entire point 2 is to be struck out.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
+  <w:footnote w:id="6">
     <w:p w14:paraId="70456A10" w14:textId="77777777" w:rsidR="00426DE1" w:rsidRPr="00CB62B6" w:rsidRDefault="00426DE1" w:rsidP="00426DE1">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please complete by indicating all required consents, approvals, notices and registrations.</w:t>
-      </w:r>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="750251C7" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00CB62B6" w:rsidRDefault="009859F1" w:rsidP="009859F1">
+    <w:p w14:paraId="3BC1C656" w14:textId="77777777" w:rsidR="00594466" w:rsidRPr="00CB62B6" w:rsidRDefault="00594466" w:rsidP="00594466">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="5896A85D" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00CB62B6" w:rsidRDefault="009859F1" w:rsidP="009859F1">
+    <w:p w14:paraId="750251C7" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00CB62B6" w:rsidRDefault="009859F1" w:rsidP="009859F1">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
+    <w:p w14:paraId="5896A85D" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00CB62B6" w:rsidRDefault="009859F1" w:rsidP="009859F1">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisudolnego"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisudolnego"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Delete as appropriate.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
     <w:p w14:paraId="23C36AE0" w14:textId="5D473665" w:rsidR="0062013A" w:rsidRPr="008C2C1D" w:rsidRDefault="0062013A" w:rsidP="006F6973">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Not applicable if the Operating Team member does not make a contribution as part of the Managing Entity. In such a case, the entire point 3 is to be struck out.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
+  <w:footnote w:id="11">
     <w:p w14:paraId="38397D7A" w14:textId="77777777" w:rsidR="00B713A5" w:rsidRPr="00CB62B6" w:rsidRDefault="00B713A5" w:rsidP="006132D3">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Enter the value of the declared contribution here.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
+  <w:footnote w:id="12">
     <w:p w14:paraId="108F8F95" w14:textId="54D48577" w:rsidR="00B713A5" w:rsidRPr="00CB62B6" w:rsidRDefault="00B713A5" w:rsidP="006F6973">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Enter the name of the Tenderer here </w:t>
       </w:r>
@@ -4235,51 +4290,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1274897230">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="97874962">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="481389532">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1026516801">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
@@ -4296,113 +4351,116 @@
     <w:rsid w:val="00090F7A"/>
     <w:rsid w:val="000911B1"/>
     <w:rsid w:val="00091810"/>
     <w:rsid w:val="000A1367"/>
     <w:rsid w:val="000B2645"/>
     <w:rsid w:val="000C3670"/>
     <w:rsid w:val="000D232E"/>
     <w:rsid w:val="00103CED"/>
     <w:rsid w:val="00116B06"/>
     <w:rsid w:val="00124F33"/>
     <w:rsid w:val="0013319F"/>
     <w:rsid w:val="001356C6"/>
     <w:rsid w:val="00154310"/>
     <w:rsid w:val="0015602B"/>
     <w:rsid w:val="00166F01"/>
     <w:rsid w:val="001761A0"/>
     <w:rsid w:val="00190CE6"/>
     <w:rsid w:val="001A31FF"/>
     <w:rsid w:val="001C633B"/>
     <w:rsid w:val="001C79EB"/>
     <w:rsid w:val="001D0055"/>
     <w:rsid w:val="001E1FA2"/>
     <w:rsid w:val="001F7B45"/>
     <w:rsid w:val="0021348B"/>
     <w:rsid w:val="002157BC"/>
+    <w:rsid w:val="002361E4"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="00263538"/>
     <w:rsid w:val="002723A4"/>
     <w:rsid w:val="00272CB8"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="002941BE"/>
     <w:rsid w:val="00297619"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A4ED4"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002C4E86"/>
     <w:rsid w:val="002D05F0"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002E6A1B"/>
     <w:rsid w:val="002F6627"/>
     <w:rsid w:val="003331DF"/>
     <w:rsid w:val="003567D3"/>
     <w:rsid w:val="00357307"/>
     <w:rsid w:val="00371635"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A0713"/>
     <w:rsid w:val="003A61A9"/>
     <w:rsid w:val="003B7FD9"/>
     <w:rsid w:val="003C0252"/>
     <w:rsid w:val="003D263A"/>
     <w:rsid w:val="003D3385"/>
     <w:rsid w:val="003D3E9D"/>
     <w:rsid w:val="003F0686"/>
     <w:rsid w:val="003F612C"/>
     <w:rsid w:val="00417D69"/>
     <w:rsid w:val="00426DE1"/>
     <w:rsid w:val="00430AA3"/>
     <w:rsid w:val="004338A3"/>
     <w:rsid w:val="00435F33"/>
     <w:rsid w:val="00445AFB"/>
     <w:rsid w:val="00452F4A"/>
     <w:rsid w:val="00460C1F"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="004A3BBA"/>
+    <w:rsid w:val="004B19F6"/>
     <w:rsid w:val="004B5581"/>
     <w:rsid w:val="004B7063"/>
     <w:rsid w:val="004C346A"/>
     <w:rsid w:val="004D14C1"/>
     <w:rsid w:val="004D1946"/>
     <w:rsid w:val="004D4B23"/>
     <w:rsid w:val="004F0D3C"/>
     <w:rsid w:val="004F79DC"/>
     <w:rsid w:val="00501CC0"/>
     <w:rsid w:val="005064D4"/>
     <w:rsid w:val="00523C4D"/>
     <w:rsid w:val="0052430F"/>
     <w:rsid w:val="005244B9"/>
     <w:rsid w:val="00535AB6"/>
     <w:rsid w:val="00550D71"/>
     <w:rsid w:val="00554F54"/>
     <w:rsid w:val="00562DF7"/>
     <w:rsid w:val="005664B6"/>
     <w:rsid w:val="00572A39"/>
     <w:rsid w:val="0057660B"/>
     <w:rsid w:val="00584BE0"/>
+    <w:rsid w:val="00590ADD"/>
     <w:rsid w:val="00591665"/>
     <w:rsid w:val="00594466"/>
     <w:rsid w:val="005D3E2B"/>
     <w:rsid w:val="005E4653"/>
     <w:rsid w:val="00605E4C"/>
     <w:rsid w:val="00612D77"/>
     <w:rsid w:val="006132D3"/>
     <w:rsid w:val="0062013A"/>
     <w:rsid w:val="00621F0D"/>
     <w:rsid w:val="00647E73"/>
     <w:rsid w:val="0065299D"/>
     <w:rsid w:val="00656C5F"/>
     <w:rsid w:val="00667E68"/>
     <w:rsid w:val="006754C8"/>
     <w:rsid w:val="006848E6"/>
     <w:rsid w:val="00684C1B"/>
     <w:rsid w:val="00694948"/>
     <w:rsid w:val="006A188B"/>
     <w:rsid w:val="006D5996"/>
     <w:rsid w:val="006D7350"/>
     <w:rsid w:val="006E00AF"/>
     <w:rsid w:val="006E2994"/>
     <w:rsid w:val="006F6973"/>
     <w:rsid w:val="00702D64"/>
     <w:rsid w:val="00704EFA"/>
@@ -5732,82 +5790,82 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A73E13B-143B-4855-9DD5-4390E56CF3DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6a7e4972-a3b7-4d51-a933-10309688c2b7}" enabled="1" method="Privileged" siteId="{0d2b6bbb-a69c-41e8-9ef1-c035572bd00e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1040</Words>
-  <Characters>5507</Characters>
+  <Words>934</Words>
+  <Characters>5608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>144</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6486</CharactersWithSpaces>
+  <CharactersWithSpaces>6529</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jarosław Więckowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_SiteId">
     <vt:lpwstr>0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>