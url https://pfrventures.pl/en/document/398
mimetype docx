--- v0 (2025-10-10)
+++ v1 (2026-02-10)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3A757E67" w14:textId="4077F05C" w:rsidR="00901211" w:rsidRDefault="006132D3" w:rsidP="00901211">
+    <w:p w14:paraId="3A757E67" w14:textId="10B8FBDB" w:rsidR="00901211" w:rsidRDefault="006132D3" w:rsidP="00901211">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Exhibit A </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk156385259"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -70,51 +70,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Verification form for Key Person</w:t>
       </w:r>
       <w:r w:rsidR="00110119">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">/Operating Team members. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A9E06B" w14:textId="75637CA8" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00002194">
+    <w:p w14:paraId="10A9E06B" w14:textId="23A2B65C" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00002194">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Statement by a Key Person </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60131D8B" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006132D3">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -354,77 +354,88 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- postcode:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D7B3658" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006132D3" w:rsidRPr="00CB4256" w14:paraId="44DD265A" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1B4B3F" w14:textId="330C14CE" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="00D857AF" w:rsidP="00396A4C">
+          <w:p w14:paraId="1F1B4B3F" w14:textId="5C8225E5" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="005A49CA" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PESEL</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Odwoanieprzypisudolnego"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
             <w:r w:rsidR="006132D3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> number:</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75226DD9" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006132D3" w:rsidRPr="00CB4256" w14:paraId="49E3BE7D" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="731522BC" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -505,254 +516,222 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- e-mail address:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0162E47A" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3988C2B3" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006132D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EA23028" w14:textId="5A194A6F" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="0097677F">
+    <w:p w14:paraId="4EA23028" w14:textId="1148A4F1" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="0097677F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>STATEMENT BY A KEY PERSON</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1E5449" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="0097677F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I, the undersigned, hereby represent that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099441A0" w14:textId="2043CDE1" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="099441A0" w14:textId="73258696" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have been indicated by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….…………………….…………….…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
+        <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Tenderer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”), as Key Person and will be responsible for the management of the VC Fund's investing activities following the receipt of the financing from PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> under the Call procedure conducted by PFR </w:t>
+      </w:r>
+      <w:r w:rsidR="0095778C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Biznest</w:t>
+      </w:r>
+      <w:r w:rsidR="000807E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ASI SKA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and agree to hold this position on the following terms, in accordance with the conditions set forth in the Tender and in accordance with the conditions set forth in the Call Rules and the Rules for Selecting Tenders, Call for Tenders No.</w:t>
+      </w:r>
+      <w:r w:rsidR="003161C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000807E9">
+      <w:r w:rsidR="006C436D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ASI SKA</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B50BA">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...63 lines deleted...]
-        <w:t>for VC Funds (the “</w:t>
+        <w:t xml:space="preserve"> for VC Funds (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Call Rules</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A64715" w14:textId="5730F5EC" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -782,203 +761,219 @@
     <w:p w14:paraId="6101ADB2" w14:textId="08395B8E" w:rsidR="006132D3" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">I am aware of the criteria for the selection of Tenders, in particular of the merit-based requirements with regard to the experience of the VC Fund's team, as well as the activities, the Investment Policy of the Tenderer and the operating concept of the VC Fund, and the potential to effectively expand the VC Fund's investment portfolio. </w:t>
+        <w:t xml:space="preserve">I am aware of the criteria for the selection of Tenders, in particular of the merit-based requirements with regard to the experience of the VC Fund's team, as well as the activities, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Investment Policy of the Tenderer and the operating concept of the VC Fund, and the potential to effectively expand the VC Fund's investment portfolio. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D3B9FE9" w14:textId="77A59325" w:rsidR="00166F01" w:rsidRPr="00780481" w:rsidRDefault="00B859AC" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>I am familiar with the assumptions of the Tenderer's Investment Policy and will comply therewith.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DF825A" w14:textId="59A14B58" w:rsidR="00BA4149" w:rsidRPr="00886AC3" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="27DF825A" w14:textId="44940123" w:rsidR="00BA4149" w:rsidRPr="00886AC3" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In the period of carrying out the</w:t>
       </w:r>
       <w:r w:rsidR="00D12A74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Investment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and following the signing of the Investment Agreement, I will not hold, without the prior consent from PFR </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F060A">
+        <w:t xml:space="preserve"> and following the signing of the Investment Agreement, I do not hold and will not hold, without the prior consent from PFR </w:t>
+      </w:r>
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, any management, supervisory, advisory or other key positions in entities other than the VC Fund, the Managing Entity and/or a Portfolio Company being the investee as part of the VC Fund's Investment, the holding of which will involve a conflict of interest with the VC Fund's activities, with this fact to be each time verified by PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
-      <w:r w:rsidR="007619C6">
+      <w:r w:rsidR="003161C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AB912A7" w14:textId="05423A51" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If the Tenderer's Tender is selected as part of the Call procedure, I undertake to dedicate a minimum of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….…………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> hours per week to work for the VC Fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="390D6EDB" w14:textId="476A3117" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
@@ -1003,281 +998,241 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….…………………..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> programme as part of PFR Ventures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595C00EA" w14:textId="39C92112" w:rsidR="00B713A5" w:rsidRPr="00886AC3" w:rsidRDefault="00B713A5" w:rsidP="006522E0">
+    <w:p w14:paraId="595C00EA" w14:textId="194EC6B6" w:rsidR="00B713A5" w:rsidRPr="00886AC3" w:rsidRDefault="00B713A5" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I participated/did not participate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
-[...39 lines deleted...]
-        <w:t>erson) in acquiring financing from public funds and I was/was not</w:t>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as a management board member/key person) in acquiring financing from public funds and I was/was not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
+        <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> responsible for the use of funds from public financing acquired</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and I represent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
+        <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> that, to the best of my knowledge, the public financing received has been accounted for correctly and used as intended/the conducted inspections of the use of the financing received have not revealed any material irregularities/no authority has issued a decision ordering financing to be repaid in part or in full/did not impose any correction and did not issue other decisions concerning financing that would be adverse to the entity which has received financing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
+        <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53628766" w14:textId="67BF04DD" w:rsidR="006132D3" w:rsidRPr="00C07EE9" w:rsidRDefault="005D7749" w:rsidP="006522E0">
+    <w:p w14:paraId="53628766" w14:textId="2EC6B3E0" w:rsidR="006132D3" w:rsidRPr="005A49CA" w:rsidRDefault="005D7749" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I am aware that PFR Ventures and/or PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
-      <w:r w:rsidR="005F5C56">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will obtain additional information about me and, at any time, </w:t>
       </w:r>
       <w:r w:rsidR="00F64A5E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">share </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">information (data) about me obtained in connection with the Tender to entities forming part of the corporate group to which PFR Ventures and/or PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> belong, as well as to Bank </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Gospodarstwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1285,81 +1240,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Krajowego</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="19533291" w14:textId="77777777" w:rsidR="005A49CA" w:rsidRPr="00C07EE9" w:rsidRDefault="005A49CA" w:rsidP="005A49CA">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7956D2D1" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Status and authority</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5508834C" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vanish/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58C42A64" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
@@ -1428,51 +1403,50 @@
     <w:p w14:paraId="1A3073E0" w14:textId="58B7D061" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A) The fulfilment of the commitment to make a private contribution is not contingent on my obtaining any consent, approval, notice or registration by any public or local administration body or any other authority and/or third party (including under any contract or agreement).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FDA2327" w14:textId="5D92EF41" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00786FE6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>B) For the purposes of the commitment to make a private</w:t>
@@ -1498,123 +1472,123 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">contribution and save for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>……...……………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="10"/>
+        <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, I am not required</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to obtain any consent, approval, notice or registration by any public or local administration body or any other authority and/or third party (including under any contract or agreement)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="11"/>
+        <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C17BD8B" w14:textId="09C68033" w:rsidR="006132D3" w:rsidRDefault="009859F1" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I am/am not married</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="12"/>
+        <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C125A79" w14:textId="36F3D371" w:rsidR="009859F1" w:rsidRPr="008E6BDB" w:rsidRDefault="009859F1" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -1633,51 +1607,51 @@
       <w:r w:rsidR="00B932D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> am </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>not subject to statutory joint marital property regime</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="13"/>
+        <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B63FD56" w14:textId="77777777" w:rsidR="00B63DE6" w:rsidRPr="008C7568" w:rsidRDefault="00B63DE6" w:rsidP="00B63DE6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="201361D9" w14:textId="2AAAA55C" w:rsidR="006132D3" w:rsidRPr="00B63DE6" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
@@ -1791,78 +1765,78 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I represent that I declare to make a contribution to the VC Fund as a declared contribution of the Managing Entity in the amount of PLN </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….………..…………..…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="14"/>
+        <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. I represent that I have necessary resources sufficient to finance the said contribution in connection with the Tender submitted by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>….…………………….…………..…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:footnoteReference w:id="15"/>
+        <w:footnoteReference w:id="16"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116D1E0D" w14:textId="45611F9D" w:rsidR="006132D3" w:rsidRPr="009859F1" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -1873,279 +1847,504 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The financial resources I earmarked as a private</w:t>
       </w:r>
       <w:r w:rsidR="00526556">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> capital</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> contribution declared to be made to the VC Fund as part of the Managing Entity’s contribution come from my own resources, are not encumbered in any manner and are free from any public support and/or state aid, in particular non-public funds within the meaning of the Act of 27 August 2009 on public funds.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22268C47" w14:textId="0DA467BC" w:rsidR="006132D3" w:rsidRPr="009859F1" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="22268C47" w14:textId="7201C1BE" w:rsidR="006132D3" w:rsidRPr="009859F1" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The financial resources I earmarked as a private </w:t>
       </w:r>
       <w:r w:rsidR="00642520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">capital </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>contribution declared to be made to the VC Fund as part of the Managing Entity’s contribution do not breach, nor does the use thereof breach, any provisions of the Act of 16 November 2000 on the prevention of money laundering and terrorist financing (consolidated text: Journal of Laws of 201</w:t>
-[...31 lines deleted...]
-        <w:t>, as amended), including in particular the making of a private contribution in the declared amount does not constitute money laundering or serve the purposes of financing terrorism.</w:t>
+        <w:t xml:space="preserve">contribution declared to be made to the VC Fund as part of the Managing Entity’s contribution do not breach, nor does the use thereof breach, any provisions of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23F69" w:rsidRPr="00C23F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Act of March 1, 2018 on counteracting money laundering and terrorist financing (Journal of Laws of 2018, item 723, as amended)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, including in particular the making of a private contribution in the declared amount does not constitute money laundering or serve the purposes of financing terrorism.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE03212" w14:textId="1C7689B4" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Consent to </w:t>
       </w:r>
       <w:r w:rsidR="00A760A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the conduct of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>due diligence in the event the Tender is selected under the Call</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EDB1CF" w14:textId="37421F45" w:rsidR="006132D3" w:rsidRPr="00C07EE9" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="22EDB1CF" w14:textId="62D6C817" w:rsidR="006132D3" w:rsidRPr="006C436D" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I consent to the conduct by PFR Ventures, PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
-      <w:r w:rsidR="00511ED0">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or their professional advisers, prior to signing the Investment Agreement, of due diligence in order to verify my legal and financial capacity to make a private</w:t>
+      <w:r w:rsidR="003161C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or their professional advisers, prior to signing the Investment Agreement, of </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>iligence in order to verify my legal</w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financial capacity to make a private</w:t>
       </w:r>
       <w:r w:rsidR="007C6893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> capital</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contribution in the declared amount. To this end, at the request of PFR Ventures, PFR </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F060A">
+        <w:t xml:space="preserve"> contribution in the declared amount</w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and reputational capacity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To this end, at the request of PFR Ventures, PFR </w:t>
+      </w:r>
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or their professional advisers, I undertake to provide PFR Ventures, PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or their professional advisers with all documents confirming that I hold a private contribution.</w:t>
+        <w:t xml:space="preserve"> or their professional advisers with all documents </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D" w:rsidRPr="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>necessary for the conduct of the Due Diligence in accordance with the scope specified in clause 9.4</w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Call Rules</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F74A0B6" w14:textId="3FDAD09A" w:rsidR="006C436D" w:rsidRPr="00C07EE9" w:rsidRDefault="006C436D" w:rsidP="006522E0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I consent to PFR Ventures, PFR </w:t>
+      </w:r>
+      <w:r w:rsidR="0095778C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Biznest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, or their</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>professional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> advisers conducting </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>iligence on my spouse</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to signing the Investment Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the scope specified in </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>clause</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.4.3 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Call</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rules</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13CB20CD" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Ref467149754"/>
       <w:r>
@@ -2183,136 +2382,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I represent that there is no conflict of interest in relation to me for any of the reasons specified in §12</w:t>
       </w:r>
       <w:r w:rsidR="00D12A74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Call Rules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50117720" w14:textId="36F12F51" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="50117720" w14:textId="2C80E5A6" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I represent that I will immediately notify PFR Ventures or PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
-      <w:r w:rsidR="007813B0">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of any circumstances constituting a conflict of interest resulting in the statement contained in point 5.1 above being untrue.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4913E975" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="4913E975" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="0043676F" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Other statements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BCA580" w14:textId="565B9A71" w:rsidR="007840A1" w:rsidRDefault="007840A1" w:rsidP="007840A1">
+    <w:p w14:paraId="34A9597D" w14:textId="5B503CCA" w:rsidR="0043676F" w:rsidRDefault="0043676F" w:rsidP="0043676F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
@@ -2326,519 +2517,1007 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>declare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Odwoanieprzypisudolnego"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0FEBEC" w14:textId="30B6B784" w:rsidR="007840A1" w:rsidRDefault="007840A1" w:rsidP="007840A1">
+    <w:p w14:paraId="6C70F268" w14:textId="77777777" w:rsidR="0043676F" w:rsidRPr="00E91E6B" w:rsidRDefault="0043676F" w:rsidP="0043676F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA591B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6025DB37" w14:textId="595222DA" w:rsidR="007840A1" w:rsidRPr="00AA591B" w:rsidRDefault="007840A1" w:rsidP="007840A1">
+        </w:rPr>
+        <w:t>I am/am not a person closely associated with an individual holding a politically exposed position (PEP), or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479A3FE2" w14:textId="77777777" w:rsidR="0043676F" w:rsidRPr="00E91E6B" w:rsidRDefault="0043676F" w:rsidP="0043676F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA591B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2757C445" w14:textId="77777777" w:rsidR="007840A1" w:rsidRPr="00AA591B" w:rsidRDefault="007840A1" w:rsidP="007840A1">
+        </w:rPr>
+        <w:t>I am/am not a family member of an individual holding a politically exposed position,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44106276" w14:textId="6D8C6BD0" w:rsidR="0043676F" w:rsidRPr="0043676F" w:rsidRDefault="0043676F" w:rsidP="0043676F">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0043676F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the meaning of the Act on Counteracting Money Laundering and Terrorism Financing of March 1, 2018 (Journal of Laws of 2018, item 723, as amended), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439E2B40" w14:textId="14F28FDD" w:rsidR="0043676F" w:rsidRPr="0043676F" w:rsidRDefault="0043676F" w:rsidP="0043676F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...50 lines deleted...]
-          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043676F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I am/am not related by kinship or affinity</w:t>
       </w:r>
       <w:r w:rsidRPr="0043676F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="17"/>
       </w:r>
       <w:r w:rsidRPr="0043676F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to a person holding a politically exposed position.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2050587E" w14:textId="1699A68C" w:rsidR="00AD45D2" w:rsidRPr="000A491A" w:rsidRDefault="00AD45D2" w:rsidP="000A491A">
+    <w:p w14:paraId="2050587E" w14:textId="02D947F5" w:rsidR="00AD45D2" w:rsidRPr="000A491A" w:rsidRDefault="00AD45D2" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I consent to the disclosure by PFR Ventures and/or PFR </w:t>
       </w:r>
-      <w:r w:rsidR="006F060A">
+      <w:r w:rsidR="0095778C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Biznest</w:t>
       </w:r>
       <w:r w:rsidR="00511ED0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ASI SKA</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the received information about my investment and business activities and my market reputation to date to institutions offering financing from public funds (PARP, NCBR, BGK, </w:t>
+        <w:t xml:space="preserve">of the received information about my investment and business activities and my market reputation to date to institutions offering financing from public funds (PARP, NCBR, BGK, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ARP) to verify the indicated experience in investment activities and market reputation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC82E41" w14:textId="7251C27E" w:rsidR="006132D3" w:rsidRPr="00A235A3" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk155616342"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Any terms not defined herein shall have the meaning assigned to them in the Call Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="18B49646" w14:textId="03ED8AFA" w:rsidR="006132D3" w:rsidRPr="00E9293C" w:rsidRDefault="005D7749" w:rsidP="006132D3">
+    <w:p w14:paraId="18B49646" w14:textId="7F486849" w:rsidR="006132D3" w:rsidRPr="002A6652" w:rsidRDefault="005D7749" w:rsidP="006132D3">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">I have read the rules for the processing of personal data constituting Appendix </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00455186">
+        <w:t>I have read the rules for the processing of personal data constituting Appendix 8 to the Call Rules and I do not object to the manner of personal data processing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0295763A" w14:textId="77777777" w:rsidR="002A6652" w:rsidRPr="00E9293C" w:rsidRDefault="002A6652" w:rsidP="002A6652">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7366"/>
       </w:tblGrid>
       <w:tr w:rsidR="006132D3" w:rsidRPr="008E6BDB" w14:paraId="41C55E43" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="690E2620" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="7A70E8AC" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="001E7200" w:rsidRDefault="0077532B" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5ED9763C" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="5ED9763C" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5799C91E" w14:textId="28C6B24F" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="00E42BE2" w:rsidP="00396A4C">
+          <w:p w14:paraId="5799C91E" w14:textId="28C6B24F" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="00E42BE2" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Legible signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006132D3" w:rsidRPr="008E6BDB" w14:paraId="37B2C495" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBE0C6D" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="4BBE0C6D" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="001E7200" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54EF9481" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="54EF9481" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0620E9B7" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="0620E9B7" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date, place </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="210500C9" w14:textId="682E5E34" w:rsidR="00ED6FA9" w:rsidRDefault="00ED6FA9"/>
-    <w:sectPr w:rsidR="00ED6FA9" w:rsidSect="003C6971">
+    <w:p w14:paraId="072E526F" w14:textId="77777777" w:rsidR="002A6652" w:rsidRDefault="002A6652" w:rsidP="00E37AC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560E8DFA" w14:textId="77777777" w:rsidR="002A6652" w:rsidRDefault="002A6652">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD101D6" w14:textId="171D31DC" w:rsidR="0077532B" w:rsidRDefault="001E7200" w:rsidP="00E37AC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Template of Consent </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Processing of Personal Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471ED856" w14:textId="04EB7DA0" w:rsidR="001E7200" w:rsidRPr="001E7200" w:rsidRDefault="001E7200" w:rsidP="00E37AC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385BE446" w14:textId="77777777" w:rsidR="001E7200" w:rsidRDefault="001E7200" w:rsidP="0077532B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2281B715" w14:textId="0EDC66AE" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="0077532B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Consent to the Processing of Personal Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65596E1A" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Pursuant to Article 7 of Regulation (EU) 2016/679 of the European Parliament and of the Council of 27 April 2016 on the protection of natural persons with regard to the processing of personal data and on the free movement of such data, and repealing Directive 95/46/EC (“GDPR”),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E1D49B" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I, the undersigned ......................................... (full name), PESEL number: ………………………………,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA60D23" w14:textId="51633306" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereby consent to the processing of my personal data by PFR Ventures </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>spółka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ograniczoną</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>odpowiedzialnością</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with its registered office in Warsaw at ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Krucza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50, 00-025 Warsaw, entered in the Register of Entrepreneurs of the National Court Register under number KRS: 0000533101, for the purpose of conducting a reputational capacity assessment as part of the evaluation process of an application submitted under the call carried out in accordance with Call No. …….. for VC Funds – PFR </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6652">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Biznest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dated …………………………………….., for the purpose of obtaining financing from the funds of the PFR </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6652">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Biznest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, i.e. the financial instrument </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6652">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Biznest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.0, forming part of </w:t>
+      </w:r>
+      <w:r w:rsidR="00594E69" w:rsidRPr="00594E69">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>The Program of the European Funds for Modern Economy for 2021-2027</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2952AE7D" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>This consent covers my personal data contained herein, namely: first name, last name, and PESEL number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FCC2C8" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I acknowledge that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C95688" w14:textId="77777777" w:rsidR="0077532B" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the provision of consent is voluntary and may be withdrawn at any time without giving reasons, without affecting the lawfulness of the processing carried out prior to its withdrawal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3109A47B" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I have the right to access my personal data, to rectify, erase, and transfer such data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F7CCF0" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>At the same time, I declare that I have read and understood the information clause constituting Appendix No. 8 to the Call</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, concerning the processing of my personal data for the purpose of a reputational assessment, a copy of which has been provided to me. I understand the purposes and scope of the processing of my personal data, as well as the rights to which I am entitled under data protection regulations, including the right to access, rectify, erase, or restrict the processing of my personal data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2889CA86" w14:textId="77777777" w:rsidR="001E7200" w:rsidRDefault="001E7200" w:rsidP="001E7200">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7100"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="366F1F2E" w14:textId="77777777" w:rsidR="001E7200" w:rsidRPr="0095778C" w:rsidRDefault="001E7200" w:rsidP="001E7200">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E51A6D" w14:textId="28E00D68" w:rsidR="001E7200" w:rsidRPr="004E03A6" w:rsidRDefault="001E7200" w:rsidP="001E7200">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62278E0F" w14:textId="5796A1DE" w:rsidR="0077532B" w:rsidRPr="00A64781" w:rsidRDefault="001E7200" w:rsidP="00E37AC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Legible signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and date</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0077532B" w:rsidRPr="00A64781" w:rsidSect="003C6971">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4F21924C" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6322E3D4" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2853,925 +3532,962 @@
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...60 lines deleted...]
-  <w:p w14:paraId="1AEC9A93" w14:textId="47020744" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00D15466">
+  <w:p w14:paraId="1AEC9A93" w14:textId="148F707B" w:rsidR="00B713A5" w:rsidRPr="006C436D" w:rsidRDefault="00273665">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="007C000D">
+    <w:r w:rsidR="006C436D" w:rsidRPr="006C436D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidR="00F45AAB">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        <w:lang w:val="en-GB"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00336456">
+    <w:r w:rsidR="006C436D" w:rsidRPr="006C436D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006C436D">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="68297A2A" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="396D25FE" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="0B4A2262" w14:textId="1692B342" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
+    <w:p w14:paraId="0B4A2262" w14:textId="231E8FAB" w:rsidR="00B713A5" w:rsidRPr="005A49CA" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> To be completed with the details of the Key Person</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007619C6">
+        <w:t xml:space="preserve"> To be completed with the details of the Key Person. The statement should be completed and signed separately by each of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00110119" w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Key P</w:t>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The statement should be completed and signed separately by each of the </w:t>
-[...26 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>ersons.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3615C4B9" w14:textId="1C9F94D7" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="00A929F8">
+    <w:p w14:paraId="07F4B62F" w14:textId="4E94E470" w:rsidR="005A49CA" w:rsidRPr="005A49CA" w:rsidRDefault="005A49CA">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
-        <w:ind w:left="142" w:hanging="142"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B53A7F">
+      </w:pPr>
+      <w:r w:rsidRPr="005A49CA">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B53A7F">
+      <w:r w:rsidRPr="005A49CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-GB"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> For those who do not have a PESEL number, the date of birth must be provided.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="568D5EE5" w14:textId="377E950A" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="002E1734">
+    <w:p w14:paraId="3615C4B9" w14:textId="24B5865C" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="00A929F8">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
+        <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Please enter the number of hours here (the declared number of hours must be consistent with the details indicated in Appendix 1 - Tender Form). </w:t>
+        <w:t xml:space="preserve"> Enter the</w:t>
+      </w:r>
+      <w:r w:rsidR="003161C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00273665">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="003161C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>enderer.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="77E0F296" w14:textId="7AC0D40D" w:rsidR="00E605BC" w:rsidRPr="00B53A7F" w:rsidRDefault="00E605BC" w:rsidP="008C2C1D">
+    <w:p w14:paraId="568D5EE5" w14:textId="7C662814" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="002E1734">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Delete as appropriate.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7F08">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53A7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nter the number of hours here (the declared number of hours must be consistent with the details indicated in Appendix 1 - Tender Form). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="7E09AFB8" w14:textId="31785DE5" w:rsidR="006E00AF" w:rsidRPr="00B53A7F" w:rsidRDefault="006E00AF">
+    <w:p w14:paraId="77E0F296" w14:textId="7AC0D40D" w:rsidR="00E605BC" w:rsidRPr="00B53A7F" w:rsidRDefault="00E605BC" w:rsidP="008C2C1D">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="3BE8353A" w14:textId="0A6D2D9A" w:rsidR="006E00AF" w:rsidRPr="00B53A7F" w:rsidRDefault="006E00AF">
+    <w:p w14:paraId="7E09AFB8" w14:textId="31785DE5" w:rsidR="006E00AF" w:rsidRPr="00B53A7F" w:rsidRDefault="006E00AF">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="49C69871" w14:textId="22BD3A01" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
+    <w:p w14:paraId="3BE8353A" w14:textId="0A6D2D9A" w:rsidR="006E00AF" w:rsidRPr="00B53A7F" w:rsidRDefault="006E00AF">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
-        <w:ind w:left="142" w:hanging="142"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> As specified in the statement included in the relevant field in Section A of Appendix 2, concerning the history of acquiring financing to date.</w:t>
+        <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="490536DE" w14:textId="311DB0B5" w:rsidR="006E00AF" w:rsidRPr="00B53A7F" w:rsidRDefault="006E00AF" w:rsidP="000A491A">
+    <w:p w14:paraId="49C69871" w14:textId="22BD3A01" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Delete if the Key Person</w:t>
-[...17 lines deleted...]
-        <w:t>was not involved in acquiring or using funds from public financing.</w:t>
+        <w:t xml:space="preserve"> As specified in the statement included in the relevant field in Section A of Appendix 2, concerning the history of acquiring financing to date.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="7E10058E" w14:textId="5B10D6DC" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
+    <w:p w14:paraId="490536DE" w14:textId="761C7BA0" w:rsidR="006E00AF" w:rsidRPr="00B53A7F" w:rsidRDefault="006E00AF" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If any inspections have been conducted or decisions have been issued in relation to the repayment/correction of financing, the Key Person should indicate such decisions/inspection results and their main conclusions. </w:t>
+        <w:t xml:space="preserve"> Delete if the Key Person was not involved in acquiring or using funds from public financing.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="4E901E42" w14:textId="62C3ED1D" w:rsidR="00AD6714" w:rsidRPr="00B53A7F" w:rsidRDefault="00AD6714" w:rsidP="00AD6714">
+    <w:p w14:paraId="7E10058E" w14:textId="3DBFACC6" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Please complete by indicating all required consents, approvals, notices and registrations.</w:t>
+        <w:t xml:space="preserve"> If any inspections have been conducted or decisions have been issued in relation to the repayment/correction of financing, the Key Person  should indicate such decisions/inspection results and their main conclusions. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="6D2E684E" w14:textId="77777777" w:rsidR="00AC2A32" w:rsidRPr="00B53A7F" w:rsidRDefault="00AC2A32" w:rsidP="00AC2A32">
+    <w:p w14:paraId="4E901E42" w14:textId="7D54074F" w:rsidR="00AD6714" w:rsidRPr="00B53A7F" w:rsidRDefault="00AD6714" w:rsidP="00AD6714">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Delete as appropriate.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7F08">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53A7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>omplete by indicating all required consents, approvals, notices and registrations.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="750251C7" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00B53A7F" w:rsidRDefault="009859F1" w:rsidP="009859F1">
+    <w:p w14:paraId="6D2E684E" w14:textId="77777777" w:rsidR="00AC2A32" w:rsidRPr="00B53A7F" w:rsidRDefault="00AC2A32" w:rsidP="00AC2A32">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="5896A85D" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00B53A7F" w:rsidRDefault="009859F1" w:rsidP="009859F1">
+    <w:p w14:paraId="750251C7" w14:textId="5E203D6D" w:rsidR="009859F1" w:rsidRPr="00B53A7F" w:rsidRDefault="009859F1" w:rsidP="009859F1">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D" w:rsidRPr="00907389">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>In the event that the applicant remains in a marital relationship, this Form must be accompanied by the consent of the spouse to the processing of personal data, in accordance with the template attached to the Form.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="38397D7A" w14:textId="2B6D496F" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="006132D3">
+    <w:p w14:paraId="5896A85D" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00B53A7F" w:rsidRDefault="009859F1" w:rsidP="009859F1">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Enter the value of the declared</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> contribution here.</w:t>
+        <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w14:paraId="108F8F95" w14:textId="461C7422" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
+    <w:p w14:paraId="38397D7A" w14:textId="2B6D496F" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="006132D3">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
-        <w:ind w:left="142" w:hanging="142"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Enter the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00370AE6">
+        <w:t xml:space="preserve"> Enter the value of the declared</w:t>
+      </w:r>
+      <w:r w:rsidR="000F385A" w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> capital</w:t>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>name and of the Tenderer here</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> contribution here.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w14:paraId="1340CA07" w14:textId="77777777" w:rsidR="007840A1" w:rsidRPr="00B53A7F" w:rsidRDefault="007840A1" w:rsidP="007840A1">
+    <w:p w14:paraId="108F8F95" w14:textId="4D6DFD75" w:rsidR="00B713A5" w:rsidRPr="00B53A7F" w:rsidRDefault="00B713A5" w:rsidP="000A491A">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Delete as appropriate.</w:t>
+        <w:t xml:space="preserve"> Enter the name</w:t>
+      </w:r>
+      <w:r w:rsidR="00273665">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Tenderer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53A7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
-    <w:p w14:paraId="6489F6BC" w14:textId="77777777" w:rsidR="007840A1" w:rsidRPr="00B53A7F" w:rsidRDefault="007840A1" w:rsidP="007840A1">
+    <w:p w14:paraId="3885CD87" w14:textId="45C954D0" w:rsidR="0043676F" w:rsidRPr="00B53A7F" w:rsidRDefault="0043676F" w:rsidP="0043676F">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043676F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Kinship and affinity are defined according to the Family and Guardianship Code.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="285B17D7" w14:textId="0D45B52F" w:rsidR="00B713A5" w:rsidRDefault="00A12126" w:rsidP="00D15466">
+  <w:p w14:paraId="285B17D7" w14:textId="67A2B5D3" w:rsidR="00B713A5" w:rsidRDefault="00273665" w:rsidP="00D15466">
     <w:pPr>
       <w:pStyle w:val="NormalnyWeb"/>
     </w:pPr>
+    <w:r w:rsidRPr="00273665">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4644750F" wp14:editId="56C5E2FD">
-[...2 lines deleted...]
-          <wp:docPr id="3" name="Obraz 2">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="141C6432" wp14:editId="5F6F3EC3">
+          <wp:extent cx="5943600" cy="592455"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="4" name="Picture 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB943E54-3232-4E11-8EAD-FC9C55E28F5D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3814D29-61B6-47AB-896C-318D5EFC7208}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="Obraz 2">
+                  <pic:cNvPr id="4" name="Picture 3">
                     <a:extLst>
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB943E54-3232-4E11-8EAD-FC9C55E28F5D}"/>
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3814D29-61B6-47AB-896C-318D5EFC7208}"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5943600" cy="567690"/>
+                    <a:ext cx="5943600" cy="592455"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09F76DAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6EE6C6DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4244,50 +4960,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="235B24CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F35CACAE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25DD3C60"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D794DA60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -4356,51 +5161,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32011864"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B8B6D43E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3222771D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF1A8356"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -4469,51 +5387,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36732039"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8AE07E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4555,51 +5473,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E25A92"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98F6C480"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -4647,51 +5565,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E323BEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06564A82"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4760,51 +5678,164 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="526D5721"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AF5271E6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C840DC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC72AE28"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4849,51 +5880,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="639F2902"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFC87B86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4935,51 +5966,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E87A3C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="381282A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -5058,439 +6089,499 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="59140584">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="720444182">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1563179963">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1491017010">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="437604618">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="514610168">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="61679125">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2120490221">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1953826197">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1871524155">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1860508875">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1860508875">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="12" w16cid:durableId="679965337">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1296135509">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="381905945">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1046222062">
     <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1744404151">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
-    <w:rsid w:val="00001585"/>
     <w:rsid w:val="00002194"/>
     <w:rsid w:val="000121BC"/>
     <w:rsid w:val="0003566D"/>
     <w:rsid w:val="0005632C"/>
     <w:rsid w:val="000565B3"/>
     <w:rsid w:val="00057311"/>
+    <w:rsid w:val="00072973"/>
     <w:rsid w:val="000807E9"/>
     <w:rsid w:val="00081482"/>
     <w:rsid w:val="00090F7A"/>
     <w:rsid w:val="00095FA4"/>
     <w:rsid w:val="000A1367"/>
     <w:rsid w:val="000A491A"/>
-    <w:rsid w:val="000A4DAA"/>
     <w:rsid w:val="000B2645"/>
     <w:rsid w:val="000B624F"/>
     <w:rsid w:val="000B76FF"/>
     <w:rsid w:val="000C2241"/>
     <w:rsid w:val="000D232E"/>
-    <w:rsid w:val="000E6F54"/>
+    <w:rsid w:val="000E49A4"/>
     <w:rsid w:val="000F385A"/>
     <w:rsid w:val="001042EF"/>
     <w:rsid w:val="001057F1"/>
     <w:rsid w:val="00110119"/>
     <w:rsid w:val="001106EF"/>
-    <w:rsid w:val="00116B06"/>
-    <w:rsid w:val="00123D4C"/>
+    <w:rsid w:val="001228BC"/>
+    <w:rsid w:val="00125E3E"/>
     <w:rsid w:val="0013319F"/>
     <w:rsid w:val="00154310"/>
     <w:rsid w:val="001647C9"/>
     <w:rsid w:val="00166F01"/>
     <w:rsid w:val="001761A0"/>
-    <w:rsid w:val="001E125E"/>
-    <w:rsid w:val="001E1FA2"/>
+    <w:rsid w:val="001A7DFA"/>
+    <w:rsid w:val="001B67CC"/>
+    <w:rsid w:val="001E7200"/>
+    <w:rsid w:val="001F101F"/>
     <w:rsid w:val="001F7B45"/>
     <w:rsid w:val="00211C1C"/>
     <w:rsid w:val="002157BC"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="002472E2"/>
     <w:rsid w:val="00272CB8"/>
+    <w:rsid w:val="00273665"/>
     <w:rsid w:val="0027468D"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A50A2"/>
+    <w:rsid w:val="002A6652"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002F6627"/>
-    <w:rsid w:val="0030690C"/>
+    <w:rsid w:val="003161C0"/>
     <w:rsid w:val="003331DF"/>
-    <w:rsid w:val="00336456"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00370AE6"/>
     <w:rsid w:val="00371635"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A61A9"/>
     <w:rsid w:val="003B7FD9"/>
-    <w:rsid w:val="003C1157"/>
-    <w:rsid w:val="003C689E"/>
     <w:rsid w:val="003C6971"/>
     <w:rsid w:val="003D263A"/>
     <w:rsid w:val="003D3385"/>
     <w:rsid w:val="003E0F74"/>
     <w:rsid w:val="003F612C"/>
     <w:rsid w:val="00400A97"/>
     <w:rsid w:val="00430AA3"/>
     <w:rsid w:val="004338A3"/>
     <w:rsid w:val="00435F33"/>
+    <w:rsid w:val="0043676F"/>
     <w:rsid w:val="00445AFB"/>
-    <w:rsid w:val="00455186"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="0048662B"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="0049257F"/>
     <w:rsid w:val="004A3BBA"/>
     <w:rsid w:val="004B5581"/>
     <w:rsid w:val="004B7063"/>
     <w:rsid w:val="004D14C1"/>
     <w:rsid w:val="004D1946"/>
     <w:rsid w:val="004D4B23"/>
     <w:rsid w:val="00511ED0"/>
     <w:rsid w:val="00523C4D"/>
     <w:rsid w:val="0052430F"/>
     <w:rsid w:val="005244B9"/>
     <w:rsid w:val="00526556"/>
     <w:rsid w:val="00526695"/>
     <w:rsid w:val="00535AB6"/>
     <w:rsid w:val="0054136D"/>
-    <w:rsid w:val="005418D7"/>
-    <w:rsid w:val="00550D71"/>
     <w:rsid w:val="00554F54"/>
+    <w:rsid w:val="005729CF"/>
     <w:rsid w:val="00572A39"/>
-    <w:rsid w:val="00590820"/>
+    <w:rsid w:val="00590ADD"/>
     <w:rsid w:val="00591665"/>
+    <w:rsid w:val="00594E69"/>
+    <w:rsid w:val="005A49CA"/>
     <w:rsid w:val="005D3E2B"/>
     <w:rsid w:val="005D7749"/>
     <w:rsid w:val="005E4653"/>
     <w:rsid w:val="005F5C56"/>
     <w:rsid w:val="00612D77"/>
     <w:rsid w:val="006132D3"/>
     <w:rsid w:val="0061661E"/>
     <w:rsid w:val="00621F0D"/>
     <w:rsid w:val="006379D1"/>
     <w:rsid w:val="00642520"/>
-    <w:rsid w:val="006478A1"/>
     <w:rsid w:val="00647E73"/>
     <w:rsid w:val="006522E0"/>
     <w:rsid w:val="0065299D"/>
     <w:rsid w:val="00656C5F"/>
-    <w:rsid w:val="0066100B"/>
+    <w:rsid w:val="00685B39"/>
     <w:rsid w:val="006876F5"/>
     <w:rsid w:val="00694948"/>
     <w:rsid w:val="006A188B"/>
     <w:rsid w:val="006C3E8E"/>
+    <w:rsid w:val="006C436D"/>
     <w:rsid w:val="006D29D7"/>
     <w:rsid w:val="006E00AF"/>
-    <w:rsid w:val="006F00FD"/>
-    <w:rsid w:val="006F060A"/>
     <w:rsid w:val="00704A9C"/>
     <w:rsid w:val="00707667"/>
     <w:rsid w:val="00713D55"/>
     <w:rsid w:val="007152DB"/>
     <w:rsid w:val="0073672F"/>
     <w:rsid w:val="00741613"/>
     <w:rsid w:val="00755889"/>
-    <w:rsid w:val="007619C6"/>
     <w:rsid w:val="00764264"/>
-    <w:rsid w:val="0077225B"/>
+    <w:rsid w:val="0077532B"/>
     <w:rsid w:val="00780481"/>
     <w:rsid w:val="007813B0"/>
-    <w:rsid w:val="007840A1"/>
     <w:rsid w:val="00786FE6"/>
     <w:rsid w:val="007949CA"/>
-    <w:rsid w:val="007956EB"/>
-    <w:rsid w:val="007C000D"/>
     <w:rsid w:val="007C488D"/>
     <w:rsid w:val="007C6893"/>
-    <w:rsid w:val="007D10E3"/>
     <w:rsid w:val="007D2A93"/>
     <w:rsid w:val="007E0467"/>
     <w:rsid w:val="007E07F5"/>
     <w:rsid w:val="007E4DED"/>
     <w:rsid w:val="007E5039"/>
     <w:rsid w:val="00820A74"/>
     <w:rsid w:val="008212C5"/>
     <w:rsid w:val="00827452"/>
     <w:rsid w:val="0083378F"/>
     <w:rsid w:val="00841414"/>
     <w:rsid w:val="008535B5"/>
     <w:rsid w:val="00853A6D"/>
     <w:rsid w:val="008631FC"/>
-    <w:rsid w:val="008650C4"/>
     <w:rsid w:val="00886AC3"/>
     <w:rsid w:val="008B16B6"/>
     <w:rsid w:val="008B47ED"/>
     <w:rsid w:val="008B50BA"/>
     <w:rsid w:val="008C2C1D"/>
     <w:rsid w:val="008C7568"/>
     <w:rsid w:val="008D02D9"/>
     <w:rsid w:val="008E6BDB"/>
     <w:rsid w:val="008F3541"/>
     <w:rsid w:val="00901211"/>
     <w:rsid w:val="00934AFC"/>
     <w:rsid w:val="0093734D"/>
     <w:rsid w:val="00941CF3"/>
     <w:rsid w:val="00946961"/>
+    <w:rsid w:val="0095778C"/>
     <w:rsid w:val="009710CB"/>
     <w:rsid w:val="00973269"/>
     <w:rsid w:val="0097677F"/>
     <w:rsid w:val="009859F1"/>
     <w:rsid w:val="009865A5"/>
     <w:rsid w:val="00996390"/>
     <w:rsid w:val="009A155A"/>
     <w:rsid w:val="009A3B8D"/>
     <w:rsid w:val="009E0684"/>
-    <w:rsid w:val="00A12126"/>
     <w:rsid w:val="00A17510"/>
     <w:rsid w:val="00A235A3"/>
     <w:rsid w:val="00A41588"/>
     <w:rsid w:val="00A47470"/>
+    <w:rsid w:val="00A56D1C"/>
+    <w:rsid w:val="00A64781"/>
     <w:rsid w:val="00A73D04"/>
     <w:rsid w:val="00A760A2"/>
     <w:rsid w:val="00A861A0"/>
     <w:rsid w:val="00A87D86"/>
     <w:rsid w:val="00A90474"/>
     <w:rsid w:val="00A929F8"/>
     <w:rsid w:val="00AA290D"/>
     <w:rsid w:val="00AB5089"/>
     <w:rsid w:val="00AC2A32"/>
     <w:rsid w:val="00AC7778"/>
     <w:rsid w:val="00AD45D2"/>
     <w:rsid w:val="00AD6714"/>
-    <w:rsid w:val="00AF02E6"/>
+    <w:rsid w:val="00AE19DF"/>
+    <w:rsid w:val="00AE452E"/>
     <w:rsid w:val="00AF1713"/>
     <w:rsid w:val="00B1283A"/>
+    <w:rsid w:val="00B14EF4"/>
     <w:rsid w:val="00B31CBF"/>
     <w:rsid w:val="00B378CC"/>
     <w:rsid w:val="00B53A7F"/>
     <w:rsid w:val="00B63DE6"/>
     <w:rsid w:val="00B713A5"/>
     <w:rsid w:val="00B859AC"/>
     <w:rsid w:val="00B87888"/>
     <w:rsid w:val="00B90B56"/>
     <w:rsid w:val="00B90FF4"/>
     <w:rsid w:val="00B932D0"/>
-    <w:rsid w:val="00B96518"/>
     <w:rsid w:val="00BA09C5"/>
     <w:rsid w:val="00BA4149"/>
     <w:rsid w:val="00BB3F75"/>
     <w:rsid w:val="00BB74BF"/>
     <w:rsid w:val="00BB767D"/>
     <w:rsid w:val="00BC1BD6"/>
+    <w:rsid w:val="00BC5821"/>
     <w:rsid w:val="00BC6261"/>
     <w:rsid w:val="00BD3134"/>
     <w:rsid w:val="00BD5423"/>
     <w:rsid w:val="00BD7BE8"/>
     <w:rsid w:val="00C02FA6"/>
     <w:rsid w:val="00C07EE9"/>
     <w:rsid w:val="00C13AD8"/>
+    <w:rsid w:val="00C23F69"/>
     <w:rsid w:val="00C25455"/>
     <w:rsid w:val="00C40D96"/>
     <w:rsid w:val="00C56872"/>
-    <w:rsid w:val="00C61C93"/>
     <w:rsid w:val="00C91162"/>
     <w:rsid w:val="00C942C0"/>
     <w:rsid w:val="00CA44E4"/>
-    <w:rsid w:val="00CA7715"/>
-    <w:rsid w:val="00CB212C"/>
     <w:rsid w:val="00CB4256"/>
     <w:rsid w:val="00CB531A"/>
     <w:rsid w:val="00CB62B6"/>
     <w:rsid w:val="00CB75D0"/>
-    <w:rsid w:val="00CC4A13"/>
-    <w:rsid w:val="00CE1080"/>
+    <w:rsid w:val="00CE7F08"/>
     <w:rsid w:val="00CF1BF6"/>
     <w:rsid w:val="00CF2368"/>
+    <w:rsid w:val="00CF3067"/>
     <w:rsid w:val="00D06FD3"/>
     <w:rsid w:val="00D12A74"/>
     <w:rsid w:val="00D13485"/>
-    <w:rsid w:val="00D14383"/>
     <w:rsid w:val="00D15466"/>
-    <w:rsid w:val="00D329E3"/>
+    <w:rsid w:val="00D20C75"/>
+    <w:rsid w:val="00D45901"/>
     <w:rsid w:val="00D65D22"/>
     <w:rsid w:val="00D743B0"/>
+    <w:rsid w:val="00D75127"/>
     <w:rsid w:val="00D7774D"/>
-    <w:rsid w:val="00D857AF"/>
     <w:rsid w:val="00D875B2"/>
+    <w:rsid w:val="00D87F5B"/>
     <w:rsid w:val="00D965DA"/>
     <w:rsid w:val="00DA170D"/>
     <w:rsid w:val="00DA6213"/>
     <w:rsid w:val="00DB6D25"/>
     <w:rsid w:val="00DF75E3"/>
     <w:rsid w:val="00E02547"/>
     <w:rsid w:val="00E04C8B"/>
+    <w:rsid w:val="00E24484"/>
     <w:rsid w:val="00E354EC"/>
+    <w:rsid w:val="00E37AC5"/>
     <w:rsid w:val="00E425F7"/>
     <w:rsid w:val="00E42BE2"/>
     <w:rsid w:val="00E605BC"/>
-    <w:rsid w:val="00E62B84"/>
+    <w:rsid w:val="00E65EF2"/>
     <w:rsid w:val="00E75BC0"/>
+    <w:rsid w:val="00E91E6B"/>
     <w:rsid w:val="00E9293C"/>
     <w:rsid w:val="00E92FEC"/>
     <w:rsid w:val="00E974FB"/>
     <w:rsid w:val="00EB3BB3"/>
     <w:rsid w:val="00EB5DAF"/>
     <w:rsid w:val="00ED0CBD"/>
     <w:rsid w:val="00ED6FA9"/>
-    <w:rsid w:val="00EF0318"/>
     <w:rsid w:val="00F12704"/>
     <w:rsid w:val="00F13C4E"/>
     <w:rsid w:val="00F41DFB"/>
-    <w:rsid w:val="00F45AAB"/>
+    <w:rsid w:val="00F51214"/>
     <w:rsid w:val="00F54677"/>
     <w:rsid w:val="00F54AF1"/>
     <w:rsid w:val="00F64A5E"/>
     <w:rsid w:val="00F665C7"/>
     <w:rsid w:val="00F83609"/>
     <w:rsid w:val="00F852AC"/>
     <w:rsid w:val="00F9004A"/>
     <w:rsid w:val="00FA3BDE"/>
     <w:rsid w:val="00FC5C89"/>
     <w:rsid w:val="00FC7099"/>
     <w:rsid w:val="00FD0220"/>
     <w:rsid w:val="00FD4A74"/>
     <w:rsid w:val="00FF2FFA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2F14775E"/>
   <w15:docId w15:val="{47CEA12E-2610-4195-A31E-392B9F46DB10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -6240,51 +7331,77 @@
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalnyWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D15466"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="112989179">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="175584074">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="484207374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="603223737">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6316,51 +7433,51 @@
     </w:div>
     <w:div w:id="2125923746">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6640,99 +7757,109 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E204F0D-1DF5-489D-879B-5FCE3DBFF2A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6a7e4972-a3b7-4d51-a933-10309688c2b7}" enabled="1" method="Privileged" siteId="{0d2b6bbb-a69c-41e8-9ef1-c035572bd00e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6769</Characters>
+  <Pages>6</Pages>
+  <Words>1707</Words>
+  <Characters>8718</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>178</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7973</CharactersWithSpaces>
+  <CharactersWithSpaces>10405</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jarosław Więckowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_SiteId">
     <vt:lpwstr>0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Ref">
     <vt:lpwstr>https://api.informationprotection.azure.com/api/0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Owner">
     <vt:lpwstr>jaroslaw.wieckowski@pfrventures.pl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_SetDate">
     <vt:lpwstr>2017-11-03T09:24:29.4216305+01:00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Name">
     <vt:lpwstr>Publiczne</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Application">
     <vt:lpwstr>Microsoft Azure Information Protection</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Extended_MSFT_Method">
     <vt:lpwstr>Automatic</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Sensitivity">
     <vt:lpwstr>Publiczne</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="GrammarlyDocumentId">
+    <vt:lpwstr>f85a1d09157e63d696f6de4688512b1ded60be37a1da94b7b0743d182f7cd41f</vt:lpwstr>
+  </property>
 </Properties>
 </file>