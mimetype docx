--- v0 (2025-10-06)
+++ v1 (2026-02-15)
@@ -365,79 +365,79 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- building / unit No:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="454D9598" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00C56463" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="00407C19">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="002E6CE6" w14:paraId="19B60F0E" w14:textId="77777777" w:rsidTr="00407C19">
         <w:trPr>
           <w:trHeight w:val="747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F584E06" w14:textId="162A01D6" w:rsidR="00407C19" w:rsidRPr="00E40C37" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of entry in the national court register (KRS):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407C19" w:rsidRPr="00C56463" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="00407C19">
+      <w:tr w:rsidR="00407C19" w:rsidRPr="002E6CE6" w14:paraId="338A0E8A" w14:textId="77777777" w:rsidTr="00407C19">
         <w:trPr>
           <w:trHeight w:val="1398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="786C3B83" w14:textId="77777777" w:rsidR="00407C19" w:rsidRPr="00A00610" w:rsidRDefault="00407C19" w:rsidP="00813E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact details:</w:t>
             </w:r>
           </w:p>
@@ -613,51 +613,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>First name and surname</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C56463" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="002E6CE6" w14:paraId="24D055BF" w14:textId="77777777" w:rsidTr="00A45380">
         <w:trPr>
           <w:trHeight w:val="2796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0913AFFA" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address of residence:</w:t>
             </w:r>
           </w:p>
@@ -796,51 +796,51 @@
               </w:rPr>
               <w:t>PESEL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Odwoanieprzypisudolnego"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidR="007F5B3A" w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C56463" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="002E6CE6" w14:paraId="11BBF84C" w14:textId="77777777" w:rsidTr="00A45380">
         <w:trPr>
           <w:trHeight w:val="1398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5261138F" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Contact details:</w:t>
             </w:r>
@@ -1344,50 +1344,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">within the meaning of the Act on Counteracting Money Laundering and Terrorism Financing of March 1, 2018 (Journal of Laws of 2018, item 723, as amended), </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7595D2A2" w14:textId="5BC9C5A9" w:rsidR="00342372" w:rsidRPr="00342372" w:rsidRDefault="00342372" w:rsidP="00342372">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE587D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I am/am not related by kinship or affinity</w:t>
       </w:r>
       <w:r w:rsidRPr="00992197">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00FE587D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to a person holding a politically exposed position.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF17828" w14:textId="77777777" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -2194,50 +2195,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D9BB20" w14:textId="7CB960E5" w:rsidR="007F5B3A" w:rsidRPr="00A00610" w:rsidRDefault="007F5B3A" w:rsidP="007F5B3A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The amounts earmarked </w:t>
       </w:r>
       <w:r w:rsidR="00DE4BE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>by the Private Investor</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> as</w:t>
       </w:r>
       <w:r w:rsidR="009B23B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
@@ -3193,51 +3195,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Private </w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Investor is aware that the financial support provided by PFR </w:t>
       </w:r>
       <w:r w:rsidR="00DE4BE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Starter</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> represents state aid within the meaning of Article 107 (1) TFEU and is subject, in particular, insofar as its allocation and settlement is concerned, to the provisions of the Act of 30 April 2004 on procedural issues concerning state aid (Journal of Laws of 2007, No 59, item, 404, as amended), and therefore the Beneficial Owner</w:t>
+        <w:t xml:space="preserve"> represents state aid within the meaning of Article 107 (1) TFEU and is subject, in particular, insofar as its allocation and settlement is concerned, to the provisions of the Act of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00610">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>30 April 2004 on procedural issues concerning state aid (Journal of Laws of 2007, No 59, item, 404, as amended), and therefore the Beneficial Owner</w:t>
       </w:r>
       <w:r w:rsidR="000F57CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/ Private Investor</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledges that upon entering into the Investment Agreement </w:t>
       </w:r>
       <w:r w:rsidR="001C76BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the Private Investor</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4464,51 +4474,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00610">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">tatement by the Private Investor being a legal person which is not controlled by Beneficial Owners in the manner indicated in footnote 3 in the Form </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="3021"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C56463" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="002E6CE6" w14:paraId="147E2E37" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F322909" w14:textId="3C4EA037" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="007F5B3A" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00DD40FB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>partner</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
@@ -4551,127 +4561,127 @@
             </w:pPr>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">% of </w:t>
             </w:r>
             <w:r w:rsidR="001C76BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>the Private Investor</w:t>
             </w:r>
             <w:r w:rsidRPr="00A00610">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>’s capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C56463" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="002E6CE6" w14:paraId="7E861979" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47BFA1C3" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DAD8F02" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2653F90C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C56463" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="002E6CE6" w14:paraId="7E77F89B" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="798C282C" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10EE0B82" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="173C46E2" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8168E" w:rsidRPr="00C56463" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
+      <w:tr w:rsidR="00F8168E" w:rsidRPr="002E6CE6" w14:paraId="4A78AF1A" w14:textId="77777777" w:rsidTr="00A45380">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B894E77" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D940452" w14:textId="77777777" w:rsidR="000F197F" w:rsidRPr="00412519" w:rsidRDefault="000F197F" w:rsidP="00C153EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4774,235 +4784,235 @@
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4D850551" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452" w:rsidP="00F8168E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A591974" w14:textId="2459E0B5" w:rsidR="000F197F" w:rsidRDefault="000F197F">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="37323568" w14:textId="06A73749" w:rsidR="000F197F" w:rsidRPr="008705F4" w:rsidRDefault="008705F4" w:rsidP="008705F4">
+  <w:p w14:paraId="37323568" w14:textId="2105F84C" w:rsidR="000F197F" w:rsidRPr="002E6CE6" w:rsidRDefault="008705F4" w:rsidP="008705F4">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="007E084A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="002E6CE6" w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00514493">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="002E6CE6" w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="002E6CE6">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78B39F25" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3045CBDA" w14:textId="77777777" w:rsidR="00FB3452" w:rsidRDefault="00FB3452">
@@ -8800,90 +8810,92 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1923175968">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="960382880">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="84768677">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F8168E"/>
     <w:rsid w:val="000045AB"/>
     <w:rsid w:val="00082BAA"/>
     <w:rsid w:val="000F197F"/>
+    <w:rsid w:val="000F19BB"/>
     <w:rsid w:val="000F57CA"/>
     <w:rsid w:val="001141C0"/>
     <w:rsid w:val="00123EBB"/>
     <w:rsid w:val="00184A88"/>
     <w:rsid w:val="001933B7"/>
     <w:rsid w:val="001A7DFA"/>
     <w:rsid w:val="001C76BE"/>
     <w:rsid w:val="001F1269"/>
     <w:rsid w:val="0027394A"/>
+    <w:rsid w:val="002E6CE6"/>
     <w:rsid w:val="002F7232"/>
     <w:rsid w:val="003039FD"/>
     <w:rsid w:val="00336AE3"/>
     <w:rsid w:val="00342372"/>
     <w:rsid w:val="00374CE5"/>
     <w:rsid w:val="00390E6B"/>
     <w:rsid w:val="003B64B0"/>
     <w:rsid w:val="003E6417"/>
     <w:rsid w:val="00407C19"/>
     <w:rsid w:val="00412519"/>
     <w:rsid w:val="004A0375"/>
     <w:rsid w:val="004C25EB"/>
     <w:rsid w:val="004F1B4D"/>
     <w:rsid w:val="00514493"/>
     <w:rsid w:val="00536054"/>
     <w:rsid w:val="0053775A"/>
     <w:rsid w:val="0058753F"/>
     <w:rsid w:val="006519E8"/>
     <w:rsid w:val="006A2F83"/>
     <w:rsid w:val="006C1F30"/>
     <w:rsid w:val="006D0A73"/>
     <w:rsid w:val="006E01BA"/>
     <w:rsid w:val="007906DE"/>
     <w:rsid w:val="007B1BE2"/>
     <w:rsid w:val="007B3B60"/>