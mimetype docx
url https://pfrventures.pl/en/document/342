--- v0 (2025-10-06)
+++ v1 (2026-02-15)
@@ -907,51 +907,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (Financial Schedule)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1125" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2904"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1419"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00B96B3F" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
+      <w:tr w:rsidR="00B84A0E" w:rsidRPr="00631B03" w14:paraId="77A8B8BE" w14:textId="77777777" w:rsidTr="00432F80">
         <w:trPr>
           <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53CA5B42" w14:textId="77777777" w:rsidR="00432F80" w:rsidRPr="00336964" w:rsidRDefault="00432F80" w:rsidP="00432F80">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4242">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Investment type</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1646,50 +1646,51 @@
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7548E7C3" w14:textId="1BF0537C" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the investment process including a description of the process of evaluating investment projects and making investment decisions taking into account the organisational structure of the </w:t>
       </w:r>
       <w:r w:rsidR="00C66EB6">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>VC Fund</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the Managing Entity and the role of the Investment Committee (and possibly third-party experts and consultants) in the investment process, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F01C7A" w14:textId="77777777" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2207,51 +2208,59 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for the Investment Committee - presentation of the profiles of members of the Investment Committee, indication whether</w:t>
       </w:r>
       <w:r w:rsidR="009A1B76">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> observers to</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4242">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Investment Committee are planned to be indicated by Private Investors and the scope of authority of such members, description of the operating rules of the Investment Committee and the rules of the Committee's investment decision-making,</w:t>
+        <w:t xml:space="preserve"> the Investment Committee are planned to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE4242">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>indicated by Private Investors and the scope of authority of such members, description of the operating rules of the Investment Committee and the rules of the Committee's investment decision-making,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755DC716" w14:textId="3D25A36F" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00336964" w:rsidP="00066D51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">profiles of the </w:t>
       </w:r>
       <w:r w:rsidR="00C66EB6">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="en"/>
@@ -2878,261 +2887,260 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="282023EF" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931" w:rsidP="00B84A0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="081222C2" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3D934CDC" w14:textId="254116E2" w:rsidR="00432F80" w:rsidRDefault="00141315" w:rsidP="00141315">
+  <w:p w14:paraId="3D934CDC" w14:textId="1ED4EE6B" w:rsidR="00432F80" w:rsidRPr="00631B03" w:rsidRDefault="00141315" w:rsidP="00141315">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00B96B3F">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="00631B03" w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="005E2A52">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="00631B03" w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidRPr="00631B03">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="76553BB4" w14:textId="77777777" w:rsidR="00DB69AF" w:rsidRPr="00141315" w:rsidRDefault="00DB69AF" w:rsidP="00141315">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="100185BB" w14:textId="77777777" w:rsidR="00F77931" w:rsidRDefault="00F77931" w:rsidP="00432F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
@@ -3219,59 +3227,72 @@
         </w:rPr>
         <w:t>, MedTech, SaaS, VR/AR or other, depending on the VC Fund’s profile</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="2EA96A1B" w14:textId="77777777" w:rsidR="009A1B76" w:rsidRPr="009378BC" w:rsidRDefault="009A1B76" w:rsidP="009A1B76">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001179D4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00631B03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="001179D4">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>https://www.unpri.org/about-us/what-are-the-principles-for-responsible-investment</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="483D6EFD" w14:textId="2E177A74" w:rsidR="00066D51" w:rsidRPr="00FE4242" w:rsidRDefault="00066D51" w:rsidP="00066D51">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00336964">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drawn up in the form of Appendix </w:t>
       </w:r>
       <w:r w:rsidR="009A1B76">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -7352,51 +7373,51 @@
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1671373610">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="743262065">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="427039224">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1827087560">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="613824451">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1384258957">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -8386,50 +8407,51 @@
     <w:rsid w:val="004B7065"/>
     <w:rsid w:val="004B721C"/>
     <w:rsid w:val="004C0253"/>
     <w:rsid w:val="004C060D"/>
     <w:rsid w:val="004C07B6"/>
     <w:rsid w:val="004C0B3F"/>
     <w:rsid w:val="004C194A"/>
     <w:rsid w:val="004C2B1B"/>
     <w:rsid w:val="004C3FD9"/>
     <w:rsid w:val="004C4183"/>
     <w:rsid w:val="004C56D1"/>
     <w:rsid w:val="004C5ECF"/>
     <w:rsid w:val="004C6152"/>
     <w:rsid w:val="004C67C4"/>
     <w:rsid w:val="004D03F8"/>
     <w:rsid w:val="004D0510"/>
     <w:rsid w:val="004D0EE7"/>
     <w:rsid w:val="004D1E32"/>
     <w:rsid w:val="004D1F15"/>
     <w:rsid w:val="004D26B5"/>
     <w:rsid w:val="004D2D9E"/>
     <w:rsid w:val="004D3790"/>
     <w:rsid w:val="004D3F2D"/>
     <w:rsid w:val="004D3FE4"/>
     <w:rsid w:val="004D6171"/>
+    <w:rsid w:val="004D651B"/>
     <w:rsid w:val="004D6F7A"/>
     <w:rsid w:val="004E0175"/>
     <w:rsid w:val="004E0591"/>
     <w:rsid w:val="004E10A9"/>
     <w:rsid w:val="004E16C7"/>
     <w:rsid w:val="004E1856"/>
     <w:rsid w:val="004E1BCC"/>
     <w:rsid w:val="004E1E5C"/>
     <w:rsid w:val="004E2D8F"/>
     <w:rsid w:val="004E3BE7"/>
     <w:rsid w:val="004E472B"/>
     <w:rsid w:val="004E5019"/>
     <w:rsid w:val="004E5A5F"/>
     <w:rsid w:val="004E6348"/>
     <w:rsid w:val="004E64A9"/>
     <w:rsid w:val="004E71A2"/>
     <w:rsid w:val="004E7709"/>
     <w:rsid w:val="004F0653"/>
     <w:rsid w:val="004F2D14"/>
     <w:rsid w:val="004F2E30"/>
     <w:rsid w:val="004F3C90"/>
     <w:rsid w:val="004F4740"/>
     <w:rsid w:val="004F508E"/>
     <w:rsid w:val="004F5C34"/>
     <w:rsid w:val="004F5C35"/>
@@ -8680,50 +8702,51 @@
     <w:rsid w:val="00617E79"/>
     <w:rsid w:val="00620025"/>
     <w:rsid w:val="006206EE"/>
     <w:rsid w:val="00620EC1"/>
     <w:rsid w:val="0062103D"/>
     <w:rsid w:val="00621559"/>
     <w:rsid w:val="00621D3D"/>
     <w:rsid w:val="0062290D"/>
     <w:rsid w:val="006238A6"/>
     <w:rsid w:val="00624866"/>
     <w:rsid w:val="00624CC5"/>
     <w:rsid w:val="00624D71"/>
     <w:rsid w:val="00624DBD"/>
     <w:rsid w:val="00624FF0"/>
     <w:rsid w:val="0062546A"/>
     <w:rsid w:val="00625497"/>
     <w:rsid w:val="00626DA4"/>
     <w:rsid w:val="0062756F"/>
     <w:rsid w:val="00627AE8"/>
     <w:rsid w:val="006303F9"/>
     <w:rsid w:val="00630809"/>
     <w:rsid w:val="00630C54"/>
     <w:rsid w:val="00630FA2"/>
     <w:rsid w:val="00631532"/>
     <w:rsid w:val="00631724"/>
+    <w:rsid w:val="00631B03"/>
     <w:rsid w:val="0063222D"/>
     <w:rsid w:val="00632A71"/>
     <w:rsid w:val="006331E3"/>
     <w:rsid w:val="006333C1"/>
     <w:rsid w:val="006342D0"/>
     <w:rsid w:val="006351AA"/>
     <w:rsid w:val="00635868"/>
     <w:rsid w:val="006363EE"/>
     <w:rsid w:val="006373EF"/>
     <w:rsid w:val="00637963"/>
     <w:rsid w:val="00637FA0"/>
     <w:rsid w:val="006414E3"/>
     <w:rsid w:val="006422FE"/>
     <w:rsid w:val="00642EA0"/>
     <w:rsid w:val="006430CD"/>
     <w:rsid w:val="0064317C"/>
     <w:rsid w:val="00644C09"/>
     <w:rsid w:val="00645C80"/>
     <w:rsid w:val="00646865"/>
     <w:rsid w:val="00646A3F"/>
     <w:rsid w:val="00646AB2"/>
     <w:rsid w:val="00647376"/>
     <w:rsid w:val="00647C93"/>
     <w:rsid w:val="00650019"/>
     <w:rsid w:val="00650142"/>
@@ -14441,54 +14464,50 @@
         <w:div w:id="1655186353">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="180"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>