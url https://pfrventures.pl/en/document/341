--- v0 (2025-10-06)
+++ v1 (2026-02-15)
@@ -605,84 +605,84 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Tenderer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”) as an Operating Team member. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A64715" w14:textId="38C7084C" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006754C8">
+    <w:p w14:paraId="17A64715" w14:textId="56E656D2" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006754C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have read the Call Rules and the Rules for Selecting Tenders, Call for Tenders No. </w:t>
       </w:r>
-      <w:r w:rsidR="004217BA">
-[...5 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00961BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="0095023A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for VC Funds (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1284,50 +1284,51 @@
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Private </w:t>
       </w:r>
       <w:r w:rsidR="00DB383A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">capital </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>contribution</w:t>
       </w:r>
       <w:r>
@@ -1862,50 +1863,51 @@
     <w:p w14:paraId="2E52B634" w14:textId="699CEEC9" w:rsidR="00EA4B52" w:rsidRPr="0095023A" w:rsidRDefault="00EA4B52" w:rsidP="00577B74">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095023A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I have read the rules for the processing of personal data constituting Appendix 8 to the Call Rules and I do not object to the manner of personal data processing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A36521" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006132D3">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18B49646" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006132D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2067,255 +2069,255 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7D3746BF" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F82E088" w14:textId="7A709441" w:rsidR="00B713A5" w:rsidRPr="00A828A3" w:rsidRDefault="00B713A5">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1AEC9A93" w14:textId="6E5466F0" w:rsidR="00B713A5" w:rsidRPr="0095023A" w:rsidRDefault="009E4E0C" w:rsidP="009E4E0C">
+  <w:p w14:paraId="1AEC9A93" w14:textId="04094CD7" w:rsidR="00B713A5" w:rsidRPr="00961BA6" w:rsidRDefault="009E4E0C" w:rsidP="009E4E0C">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="004217BA">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidR="00961BA6" w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="003B0285">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidR="00961BA6" w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00961BA6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="35D013FA" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7E518FF8" w14:textId="77777777" w:rsidR="00842B7E" w:rsidRDefault="00842B7E" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4144,51 +4146,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1274897230">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="97874962">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="481389532">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1026516801">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
@@ -4255,50 +4257,51 @@
     <w:rsid w:val="00460C1F"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="004A3BBA"/>
     <w:rsid w:val="004B5581"/>
     <w:rsid w:val="004B7063"/>
     <w:rsid w:val="004D14C1"/>
     <w:rsid w:val="004D1946"/>
     <w:rsid w:val="004D4B23"/>
     <w:rsid w:val="004D5324"/>
     <w:rsid w:val="004F0D3C"/>
     <w:rsid w:val="004F79DC"/>
     <w:rsid w:val="00501CC0"/>
     <w:rsid w:val="00504084"/>
     <w:rsid w:val="005064D4"/>
     <w:rsid w:val="00523C4D"/>
     <w:rsid w:val="0052430F"/>
     <w:rsid w:val="005244B9"/>
     <w:rsid w:val="00535AB6"/>
     <w:rsid w:val="00554F54"/>
     <w:rsid w:val="00572A39"/>
     <w:rsid w:val="0057660B"/>
     <w:rsid w:val="00591665"/>
     <w:rsid w:val="00594466"/>
+    <w:rsid w:val="005A442B"/>
     <w:rsid w:val="005B7FA2"/>
     <w:rsid w:val="005D0CEF"/>
     <w:rsid w:val="005D3E2B"/>
     <w:rsid w:val="005E4653"/>
     <w:rsid w:val="00605E4C"/>
     <w:rsid w:val="00610263"/>
     <w:rsid w:val="00612D77"/>
     <w:rsid w:val="006132D3"/>
     <w:rsid w:val="0062013A"/>
     <w:rsid w:val="00621F0D"/>
     <w:rsid w:val="00647E73"/>
     <w:rsid w:val="0065299D"/>
     <w:rsid w:val="00656C5F"/>
     <w:rsid w:val="00667E68"/>
     <w:rsid w:val="006754C8"/>
     <w:rsid w:val="006848E6"/>
     <w:rsid w:val="00684C1B"/>
     <w:rsid w:val="00694948"/>
     <w:rsid w:val="006A188B"/>
     <w:rsid w:val="006D5996"/>
     <w:rsid w:val="006E00AF"/>
     <w:rsid w:val="006E2994"/>
     <w:rsid w:val="006F6973"/>
     <w:rsid w:val="00702D64"/>
     <w:rsid w:val="00704EFA"/>
@@ -4312,50 +4315,51 @@
     <w:rsid w:val="007E0467"/>
     <w:rsid w:val="00805235"/>
     <w:rsid w:val="00820A74"/>
     <w:rsid w:val="008212C5"/>
     <w:rsid w:val="00827452"/>
     <w:rsid w:val="00841414"/>
     <w:rsid w:val="00842B7E"/>
     <w:rsid w:val="008535B5"/>
     <w:rsid w:val="00853A6D"/>
     <w:rsid w:val="00857BC3"/>
     <w:rsid w:val="008631FC"/>
     <w:rsid w:val="00867136"/>
     <w:rsid w:val="00886AC3"/>
     <w:rsid w:val="008A3B3A"/>
     <w:rsid w:val="008B16B6"/>
     <w:rsid w:val="008B25C1"/>
     <w:rsid w:val="008C2C1D"/>
     <w:rsid w:val="008D02D9"/>
     <w:rsid w:val="008E6BDB"/>
     <w:rsid w:val="008F3541"/>
     <w:rsid w:val="0090236B"/>
     <w:rsid w:val="00934AFC"/>
     <w:rsid w:val="0093734D"/>
     <w:rsid w:val="00946961"/>
     <w:rsid w:val="0095023A"/>
+    <w:rsid w:val="00961BA6"/>
     <w:rsid w:val="009675D6"/>
     <w:rsid w:val="009710CB"/>
     <w:rsid w:val="0097677F"/>
     <w:rsid w:val="009859F1"/>
     <w:rsid w:val="00987151"/>
     <w:rsid w:val="00996390"/>
     <w:rsid w:val="009E0684"/>
     <w:rsid w:val="009E4E0C"/>
     <w:rsid w:val="00A17510"/>
     <w:rsid w:val="00A375A7"/>
     <w:rsid w:val="00A41588"/>
     <w:rsid w:val="00A56D1C"/>
     <w:rsid w:val="00A57EEA"/>
     <w:rsid w:val="00A74055"/>
     <w:rsid w:val="00A87D86"/>
     <w:rsid w:val="00A90474"/>
     <w:rsid w:val="00AA290D"/>
     <w:rsid w:val="00AB5089"/>
     <w:rsid w:val="00AB744A"/>
     <w:rsid w:val="00AC7778"/>
     <w:rsid w:val="00AE3AC2"/>
     <w:rsid w:val="00AE452E"/>
     <w:rsid w:val="00AF1713"/>
     <w:rsid w:val="00B1283A"/>
     <w:rsid w:val="00B14EF4"/>
@@ -5635,81 +5639,81 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A73E13B-143B-4855-9DD5-4390E56CF3DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6a7e4972-a3b7-4d51-a933-10309688c2b7}" enabled="1" method="Privileged" siteId="{0d2b6bbb-a69c-41e8-9ef1-c035572bd00e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1084</Words>
-  <Characters>5450</Characters>
+  <Characters>5451</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6521</CharactersWithSpaces>
+  <CharactersWithSpaces>6522</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jarosław Więckowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_SiteId">
     <vt:lpwstr>0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>