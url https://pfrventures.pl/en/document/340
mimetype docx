--- v0 (2025-10-06)
+++ v1 (2026-02-15)
@@ -553,51 +553,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>STATEMENT BY A KEY PERSON</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1E5449" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="0097677F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I, the undersigned, hereby represent that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099441A0" w14:textId="3CBAEBC5" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="099441A0" w14:textId="27B2CC0A" w:rsidR="006132D3" w:rsidRPr="00820A74" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I have been indicated by </w:t>
@@ -649,57 +649,57 @@
       </w:r>
       <w:r w:rsidR="000807E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ASI SKA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and agree to hold this position on the following terms, in accordance with the conditions set forth in the Tender and in accordance with the conditions set forth in the Call Rules and the Rules for Selecting Tenders, Call for Tenders No.</w:t>
       </w:r>
       <w:r w:rsidR="003161C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C23F69">
+      <w:r w:rsidR="006C436D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for VC Funds (the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Call Rules</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1122,87 +1122,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I am aware that PFR Ventures and/or PFR Starter will obtain additional information about me and, at any time, </w:t>
       </w:r>
       <w:r w:rsidR="00F64A5E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">share </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">information (data) about me obtained in connection with the Tender to entities forming part of the corporate group to which PFR Ventures and/or PFR Starter belong, as well as to Bank </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
+        <w:t>information (data) about me obtained in connection with the Tender to entities forming part of the corporate group to which PFR Ventures and/or PFR Starter belong, as well as to Bank Gospodarstwa Krajowego and the ministry competent to manage the European Funds for Modern Economy (FENG; the managing institution) or any other state institutions, public administration authorities or central or local government agencies, in particular in connection with acquiring, implementing and accounting for resources from any public sources obtained/granted to me or to entities related to me, to the extent necessary to assess the correctness of implementing a financial instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19533291" w14:textId="77777777" w:rsidR="005A49CA" w:rsidRPr="00C07EE9" w:rsidRDefault="005A49CA" w:rsidP="005A49CA">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7956D2D1" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
@@ -1210,50 +1174,51 @@
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Status and authority</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5508834C" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vanish/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58C42A64" w14:textId="77777777" w:rsidR="004A3BBA" w:rsidRPr="004A3BBA" w:rsidRDefault="004A3BBA" w:rsidP="004A3BBA">
       <w:pPr>
@@ -1881,108 +1846,371 @@
         <w:t xml:space="preserve">Consent to </w:t>
       </w:r>
       <w:r w:rsidR="00A760A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the conduct of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>due diligence in the event the Tender is selected under the Call</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EDB1CF" w14:textId="2A9BB1A4" w:rsidR="006132D3" w:rsidRPr="00C07EE9" w:rsidRDefault="006132D3" w:rsidP="006522E0">
+    <w:p w14:paraId="22EDB1CF" w14:textId="79BECE8D" w:rsidR="006132D3" w:rsidRPr="006C436D" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I consent to the conduct by PFR Ventures, PFR Starter</w:t>
       </w:r>
       <w:r w:rsidR="003161C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>or their professional advisers, prior to signing the Investment Agreement, of due diligence in order to verify my legal and financial capacity to make a private</w:t>
+        <w:t xml:space="preserve">or their professional advisers, prior to signing the Investment Agreement, of </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>iligence in order to verify my legal</w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financial capacity to make a private</w:t>
       </w:r>
       <w:r w:rsidR="007C6893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> capital</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contribution in the declared amount. To this end, at the request of PFR Ventures, PFR Starter or their professional advisers, I undertake to provide PFR Ventures, PFR Starter or their professional advisers with all documents confirming that I hold a private contribution.</w:t>
+        <w:t xml:space="preserve"> contribution in the declared amount</w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>and reputational capacity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To this end, at the request of PFR Ventures, PFR Starter or their professional advisers, I undertake to provide PFR Ventures, PFR Starter or their professional advisers with all documents </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D" w:rsidRPr="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">necessary for </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D" w:rsidRPr="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the conduct of the Due Diligence in accordance with the scope specified in clause 9.4</w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Call Rules</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F74A0B6" w14:textId="0CE6803C" w:rsidR="006C436D" w:rsidRPr="00C07EE9" w:rsidRDefault="006C436D" w:rsidP="006522E0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I consent to PFR Ventures, PFR </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Starter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, or their</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>professional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> advisers conducting </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>iligence on my spouse</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00674F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to signing the Investment Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the scope specified in </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00846B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>clause</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.4.3 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Call</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901" w:rsidRPr="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Rules</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45901">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13CB20CD" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="006522E0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Ref467149754"/>
       <w:r>
@@ -2107,87 +2335,51 @@
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">I herby </w:t>
-[...35 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>I herby declare that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C70F268" w14:textId="77777777" w:rsidR="0043676F" w:rsidRPr="00E91E6B" w:rsidRDefault="0043676F" w:rsidP="0043676F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E91E6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -2394,401 +2586,765 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I have read the rules for the processing of personal data constituting Appendix 8 to the Call Rules and I do not object to the manner of personal data processing.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7366"/>
       </w:tblGrid>
       <w:tr w:rsidR="006132D3" w:rsidRPr="008E6BDB" w14:paraId="41C55E43" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="690E2620" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="7A70E8AC" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="001E7200" w:rsidRDefault="0077532B" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5ED9763C" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="5ED9763C" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5799C91E" w14:textId="28C6B24F" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="00E42BE2" w:rsidP="00396A4C">
+          <w:p w14:paraId="5799C91E" w14:textId="28C6B24F" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="00E42BE2" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Legible signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006132D3" w:rsidRPr="008E6BDB" w14:paraId="37B2C495" w14:textId="77777777" w:rsidTr="00396A4C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBE0C6D" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="4BBE0C6D" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="001E7200" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54EF9481" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="54EF9481" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0620E9B7" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="008E6BDB" w:rsidRDefault="006132D3" w:rsidP="00396A4C">
+          <w:p w14:paraId="0620E9B7" w14:textId="77777777" w:rsidR="006132D3" w:rsidRPr="0077532B" w:rsidRDefault="006132D3" w:rsidP="0077532B">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0077532B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date, place </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28494518" w14:textId="57C7947D" w:rsidR="00A64781" w:rsidRPr="00A64781" w:rsidRDefault="00A64781" w:rsidP="00E37AC5">
+    <w:p w14:paraId="2CD101D6" w14:textId="70E7FCDC" w:rsidR="0077532B" w:rsidRDefault="001E7200" w:rsidP="00E37AC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3494"/>
           <w:tab w:val="left" w:pos="5885"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Template of Consent </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Processing of Personal Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471ED856" w14:textId="04EB7DA0" w:rsidR="001E7200" w:rsidRPr="001E7200" w:rsidRDefault="001E7200" w:rsidP="00E37AC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-    <w:sectPr w:rsidR="00A64781" w:rsidRPr="00A64781" w:rsidSect="003C6971">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385BE446" w14:textId="77777777" w:rsidR="001E7200" w:rsidRDefault="001E7200" w:rsidP="0077532B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2281B715" w14:textId="0EDC66AE" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="0077532B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Consent to the Processing of Personal Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65596E1A" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Pursuant to Article 7 of Regulation (EU) 2016/679 of the European Parliament and of the Council of 27 April 2016 on the protection of natural persons with regard to the processing of personal data and on the free movement of such data, and repealing Directive 95/46/EC (“GDPR”),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E1D49B" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I, the undersigned ......................................... (full name), PESEL number: ………………………………,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA60D23" w14:textId="559459CB" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereby consent to the processing of my personal data by PFR Ventures spółka z ograniczoną odpowiedzialnością, with its registered office in Warsaw at ul. Krucza 50, 00-025 Warsaw, entered in the Register of Entrepreneurs of the National Court Register under number KRS: 0000533101, for the purpose of conducting a reputational capacity assessment as part of the evaluation process of an application submitted under the call carried out in accordance with Call No. …….. for VC Funds – PFR ………. dated …………………………………….., for the purpose of obtaining financing from the funds of the PFR ……………… programme, i.e. the financial instrument ……….. 2.0, forming part of </w:t>
+      </w:r>
+      <w:r w:rsidR="00594E69" w:rsidRPr="00594E69">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>The Program of the European Funds for Modern Economy for 2021-2027</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2952AE7D" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>This consent covers my personal data contained herein, namely: first name, last name, and PESEL number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FCC2C8" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I acknowledge that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C95688" w14:textId="77777777" w:rsidR="0077532B" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the provision of consent is voluntary and may be withdrawn at any time without giving reasons, without affecting the lawfulness of the processing carried out prior to its withdrawal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3109A47B" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I have the right to access my personal data, to rectify, erase, and transfer such data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F7CCF0" w14:textId="77777777" w:rsidR="0077532B" w:rsidRPr="004E03A6" w:rsidRDefault="0077532B" w:rsidP="00594E69">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>At the same time, I declare that I have read and understood the information clause constituting Appendix No. 8 to the Call</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, concerning the processing of my personal data for the purpose of a reputational assessment, a copy of which has been provided to me. I understand the purposes and scope of the processing of my personal data, as well as the rights to which I am entitled under data protection regulations, including the right to access, rectify, erase, or restrict the processing of my personal data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2889CA86" w14:textId="77777777" w:rsidR="001E7200" w:rsidRDefault="001E7200" w:rsidP="001E7200">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7100"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="366F1F2E" w14:textId="77777777" w:rsidR="001E7200" w:rsidRDefault="001E7200" w:rsidP="001E7200">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E51A6D" w14:textId="28E00D68" w:rsidR="001E7200" w:rsidRPr="004E03A6" w:rsidRDefault="001E7200" w:rsidP="001E7200">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E03A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62278E0F" w14:textId="5796A1DE" w:rsidR="0077532B" w:rsidRPr="00A64781" w:rsidRDefault="001E7200" w:rsidP="00E37AC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3494"/>
+          <w:tab w:val="left" w:pos="5885"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Legible signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7200">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and date</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0077532B" w:rsidRPr="00A64781" w:rsidSect="003C6971">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4F21924C" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6322E3D4" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1AEC9A93" w14:textId="4872830B" w:rsidR="00B713A5" w:rsidRPr="005A49CA" w:rsidRDefault="00273665">
+  <w:p w14:paraId="1AEC9A93" w14:textId="148F707B" w:rsidR="00B713A5" w:rsidRPr="006C436D" w:rsidRDefault="00273665">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Call No. </w:t>
     </w:r>
-    <w:r w:rsidR="00C23F69">
+    <w:r w:rsidR="006C436D" w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00E91E6B">
+    <w:r w:rsidR="006C436D" w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4CBC">
+    <w:r w:rsidRPr="006C436D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="68297A2A" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="396D25FE" w14:textId="77777777" w:rsidR="003C6971" w:rsidRDefault="003C6971" w:rsidP="006132D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3235,77 +3791,94 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="750251C7" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00B53A7F" w:rsidRDefault="009859F1" w:rsidP="009859F1">
+    <w:p w14:paraId="750251C7" w14:textId="5E203D6D" w:rsidR="009859F1" w:rsidRPr="00B53A7F" w:rsidRDefault="009859F1" w:rsidP="009859F1">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete as appropriate.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C436D" w:rsidRPr="00907389">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>In the event that the applicant remains in a marital relationship, this Form must be accompanied by the consent of the spouse to the processing of personal data, in accordance with the template attached to the Form.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p w14:paraId="5896A85D" w14:textId="77777777" w:rsidR="009859F1" w:rsidRPr="00B53A7F" w:rsidRDefault="009859F1" w:rsidP="009859F1">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B53A7F">
         <w:rPr>
@@ -4019,50 +4592,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="235B24CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F35CACAE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25DD3C60"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D794DA60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -4131,51 +4793,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32011864"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8B6D43E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4244,51 +4906,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3222771D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF1A8356"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -4357,51 +5019,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36732039"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8AE07E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4443,51 +5105,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E25A92"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98F6C480"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -4535,51 +5197,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E323BEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06564A82"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4648,51 +5310,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="526D5721"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AF5271E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4761,51 +5423,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C840DC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC72AE28"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4850,51 +5512,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="639F2902"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFC87B86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4936,51 +5598,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E87A3C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="381282A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
@@ -5059,173 +5721,175 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="59140584">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="720444182">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1563179963">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1491017010">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="437604618">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="514610168">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="61679125">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2120490221">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1953826197">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1871524155">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1860508875">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="679965337">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1296135509">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="381905945">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1046222062">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="16" w16cid:durableId="1744404151">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073672F"/>
     <w:rsid w:val="00002194"/>
@@ -5239,50 +5903,51 @@
     <w:rsid w:val="00081482"/>
     <w:rsid w:val="00090F7A"/>
     <w:rsid w:val="00095FA4"/>
     <w:rsid w:val="000A1367"/>
     <w:rsid w:val="000A491A"/>
     <w:rsid w:val="000B2645"/>
     <w:rsid w:val="000B624F"/>
     <w:rsid w:val="000B76FF"/>
     <w:rsid w:val="000C2241"/>
     <w:rsid w:val="000D232E"/>
     <w:rsid w:val="000E49A4"/>
     <w:rsid w:val="000F385A"/>
     <w:rsid w:val="001042EF"/>
     <w:rsid w:val="001057F1"/>
     <w:rsid w:val="00110119"/>
     <w:rsid w:val="001106EF"/>
     <w:rsid w:val="001228BC"/>
     <w:rsid w:val="00125E3E"/>
     <w:rsid w:val="0013319F"/>
     <w:rsid w:val="00154310"/>
     <w:rsid w:val="001647C9"/>
     <w:rsid w:val="00166F01"/>
     <w:rsid w:val="001761A0"/>
     <w:rsid w:val="001A7DFA"/>
     <w:rsid w:val="001B67CC"/>
+    <w:rsid w:val="001E7200"/>
     <w:rsid w:val="001F101F"/>
     <w:rsid w:val="001F7B45"/>
     <w:rsid w:val="00211C1C"/>
     <w:rsid w:val="002157BC"/>
     <w:rsid w:val="002423E0"/>
     <w:rsid w:val="002472E2"/>
     <w:rsid w:val="00272CB8"/>
     <w:rsid w:val="00273665"/>
     <w:rsid w:val="0027468D"/>
     <w:rsid w:val="00282E83"/>
     <w:rsid w:val="002A11E8"/>
     <w:rsid w:val="002A50A2"/>
     <w:rsid w:val="002A7FDE"/>
     <w:rsid w:val="002B15FC"/>
     <w:rsid w:val="002E1734"/>
     <w:rsid w:val="002F6627"/>
     <w:rsid w:val="003161C0"/>
     <w:rsid w:val="003331DF"/>
     <w:rsid w:val="00371635"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="003A61A9"/>
     <w:rsid w:val="003B7FD9"/>
     <w:rsid w:val="003C6971"/>
     <w:rsid w:val="003D263A"/>
     <w:rsid w:val="003D3385"/>
@@ -5295,79 +5960,83 @@
     <w:rsid w:val="0043676F"/>
     <w:rsid w:val="00445AFB"/>
     <w:rsid w:val="00462149"/>
     <w:rsid w:val="00480EAA"/>
     <w:rsid w:val="0048662B"/>
     <w:rsid w:val="00487505"/>
     <w:rsid w:val="0049257F"/>
     <w:rsid w:val="004A3BBA"/>
     <w:rsid w:val="004B5581"/>
     <w:rsid w:val="004B7063"/>
     <w:rsid w:val="004D14C1"/>
     <w:rsid w:val="004D1946"/>
     <w:rsid w:val="004D4B23"/>
     <w:rsid w:val="00511ED0"/>
     <w:rsid w:val="00523C4D"/>
     <w:rsid w:val="0052430F"/>
     <w:rsid w:val="005244B9"/>
     <w:rsid w:val="00526556"/>
     <w:rsid w:val="00526695"/>
     <w:rsid w:val="00535AB6"/>
     <w:rsid w:val="0054136D"/>
     <w:rsid w:val="00554F54"/>
     <w:rsid w:val="005729CF"/>
     <w:rsid w:val="00572A39"/>
     <w:rsid w:val="00591665"/>
+    <w:rsid w:val="00594E69"/>
     <w:rsid w:val="005A49CA"/>
     <w:rsid w:val="005D3E2B"/>
     <w:rsid w:val="005D7749"/>
     <w:rsid w:val="005E4653"/>
     <w:rsid w:val="005F5C56"/>
     <w:rsid w:val="00612D77"/>
     <w:rsid w:val="006132D3"/>
     <w:rsid w:val="0061661E"/>
     <w:rsid w:val="00621F0D"/>
     <w:rsid w:val="006379D1"/>
     <w:rsid w:val="00642520"/>
     <w:rsid w:val="00647E73"/>
     <w:rsid w:val="006522E0"/>
     <w:rsid w:val="0065299D"/>
     <w:rsid w:val="00656C5F"/>
+    <w:rsid w:val="00685B39"/>
     <w:rsid w:val="006876F5"/>
     <w:rsid w:val="00694948"/>
     <w:rsid w:val="006A188B"/>
     <w:rsid w:val="006C3E8E"/>
+    <w:rsid w:val="006C436D"/>
     <w:rsid w:val="006D29D7"/>
     <w:rsid w:val="006E00AF"/>
     <w:rsid w:val="00704A9C"/>
     <w:rsid w:val="00707667"/>
     <w:rsid w:val="00713D55"/>
     <w:rsid w:val="007152DB"/>
     <w:rsid w:val="0073672F"/>
     <w:rsid w:val="00741613"/>
     <w:rsid w:val="00755889"/>
     <w:rsid w:val="00764264"/>
+    <w:rsid w:val="0077532B"/>
     <w:rsid w:val="00780481"/>
     <w:rsid w:val="007813B0"/>
     <w:rsid w:val="00786FE6"/>
     <w:rsid w:val="007949CA"/>
     <w:rsid w:val="007C488D"/>
     <w:rsid w:val="007C6893"/>
     <w:rsid w:val="007D2A93"/>
     <w:rsid w:val="007E0467"/>
     <w:rsid w:val="007E07F5"/>
     <w:rsid w:val="007E4DED"/>
     <w:rsid w:val="007E5039"/>
     <w:rsid w:val="00820A74"/>
     <w:rsid w:val="008212C5"/>
     <w:rsid w:val="00827452"/>
     <w:rsid w:val="0083378F"/>
     <w:rsid w:val="00841414"/>
     <w:rsid w:val="008535B5"/>
     <w:rsid w:val="00853A6D"/>
     <w:rsid w:val="008631FC"/>
     <w:rsid w:val="00886AC3"/>
     <w:rsid w:val="008B16B6"/>
     <w:rsid w:val="008B47ED"/>
     <w:rsid w:val="008B50BA"/>
     <w:rsid w:val="008C2C1D"/>
     <w:rsid w:val="008C7568"/>
@@ -5433,50 +6102,51 @@
     <w:rsid w:val="00BD5423"/>
     <w:rsid w:val="00BD7BE8"/>
     <w:rsid w:val="00C02FA6"/>
     <w:rsid w:val="00C07EE9"/>
     <w:rsid w:val="00C13AD8"/>
     <w:rsid w:val="00C23F69"/>
     <w:rsid w:val="00C25455"/>
     <w:rsid w:val="00C40D96"/>
     <w:rsid w:val="00C56872"/>
     <w:rsid w:val="00C91162"/>
     <w:rsid w:val="00C942C0"/>
     <w:rsid w:val="00CA44E4"/>
     <w:rsid w:val="00CB4256"/>
     <w:rsid w:val="00CB531A"/>
     <w:rsid w:val="00CB62B6"/>
     <w:rsid w:val="00CB75D0"/>
     <w:rsid w:val="00CE7F08"/>
     <w:rsid w:val="00CF1BF6"/>
     <w:rsid w:val="00CF2368"/>
     <w:rsid w:val="00CF3067"/>
     <w:rsid w:val="00D06FD3"/>
     <w:rsid w:val="00D12A74"/>
     <w:rsid w:val="00D13485"/>
     <w:rsid w:val="00D15466"/>
     <w:rsid w:val="00D20C75"/>
+    <w:rsid w:val="00D45901"/>
     <w:rsid w:val="00D65D22"/>
     <w:rsid w:val="00D743B0"/>
     <w:rsid w:val="00D75127"/>
     <w:rsid w:val="00D7774D"/>
     <w:rsid w:val="00D875B2"/>
     <w:rsid w:val="00D965DA"/>
     <w:rsid w:val="00DA170D"/>
     <w:rsid w:val="00DA6213"/>
     <w:rsid w:val="00DB6D25"/>
     <w:rsid w:val="00DF75E3"/>
     <w:rsid w:val="00E02547"/>
     <w:rsid w:val="00E04C8B"/>
     <w:rsid w:val="00E24484"/>
     <w:rsid w:val="00E354EC"/>
     <w:rsid w:val="00E37AC5"/>
     <w:rsid w:val="00E425F7"/>
     <w:rsid w:val="00E42BE2"/>
     <w:rsid w:val="00E605BC"/>
     <w:rsid w:val="00E65EF2"/>
     <w:rsid w:val="00E75BC0"/>
     <w:rsid w:val="00E91E6B"/>
     <w:rsid w:val="00E9293C"/>
     <w:rsid w:val="00E92FEC"/>
     <w:rsid w:val="00E974FB"/>
     <w:rsid w:val="00EB3BB3"/>
@@ -5916,51 +6586,50 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006132D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
@@ -6714,83 +7383,83 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E204F0D-1DF5-489D-879B-5FCE3DBFF2A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6a7e4972-a3b7-4d51-a933-10309688c2b7}" enabled="1" method="Privileged" siteId="{0d2b6bbb-a69c-41e8-9ef1-c035572bd00e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6613</Characters>
+  <Pages>5</Pages>
+  <Words>1707</Words>
+  <Characters>8708</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tytuł</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7909</CharactersWithSpaces>
+  <CharactersWithSpaces>10395</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jarosław Więckowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6a7e4972-a3b7-4d51-a933-10309688c2b7_SiteId">
     <vt:lpwstr>0d2b6bbb-a69c-41e8-9ef1-c035572bd00e</vt:lpwstr>
   </property>